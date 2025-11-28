--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -4,476 +4,476 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name=" Data" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="789" uniqueCount="789">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="835" uniqueCount="835">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>CertificationBody</t>
   </si>
   <si>
     <t>IssueDate</t>
   </si>
   <si>
     <t>ExpiryDate</t>
   </si>
   <si>
     <t>CertificateDocument</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>AccreditationBodies</t>
   </si>
   <si>
     <t>ABCertificate</t>
   </si>
   <si>
-    <t>TUV SUD MIDDLE EAST L.L.C</t>
+    <t>توف سود ميدل ايست ذ.ذ.م</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=0AB92C7D-E603-4190-99D1-1AA10D256444</t>
   </si>
   <si>
     <t xml:space="preserve">Unit No: A01-A06, 15th Floor, Tower - A, Empire Heights Building, Abraj Street, Business Bay, 
 P.O. Box 2834, Dubai, United Arab Emirates
 </t>
   </si>
   <si>
     <t>shaheer.marath@gmail.com</t>
   </si>
   <si>
     <t>+97144473113</t>
   </si>
   <si>
-    <t>United Arab Emirates</t>
-[...5 lines deleted...]
-    <t>GCC Accreditation Center​ (GAC)</t>
+    <t>الإمارات العربية المتحدة</t>
+  </si>
+  <si>
+    <t>فعالة</t>
+  </si>
+  <si>
+    <t>مركز الاعتماد الخليجي (GAC)</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2602875&amp;download=true</t>
   </si>
   <si>
-    <t>RACS Quality Certificates Issuing Services LLC</t>
+    <t>راكس لخدمات اصدار شهادات الجودة ذ.م.م</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=F054C75D-1DD6-4858-8264-2E97D6111761</t>
   </si>
   <si>
     <t>Business Point Bldg., 7th Floor, Office 703, 705, 708, Port Saeed Street, P.O. Box 252480, Deira, Dubai, UAE</t>
   </si>
   <si>
     <t>quality@racs.ae</t>
   </si>
   <si>
     <t>0097142388755</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2476681&amp;download=true</t>
   </si>
   <si>
     <t>Islamic Co-ordinating Council of Victoria Pty Ltd</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=385211AC-CDDE-4B89-9D06-88CB7DDA9A8A</t>
   </si>
   <si>
     <t>12 Howes Street, Airport West, Victoria 3042</t>
   </si>
   <si>
     <t>Office@iccv.com.au</t>
   </si>
   <si>
     <t>+61 3 9380 5467</t>
   </si>
   <si>
-    <t>AUSTRALIA</t>
+    <t>أستراليا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2560376&amp;download=true</t>
   </si>
   <si>
-    <t>WORLD HALAL TRUST</t>
+    <t>أمانة الحلال العالمية</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=6DC5877E-F1CA-4238-AFFF-6B9CD999C8FD</t>
   </si>
   <si>
     <t>Naugarduko str. 98</t>
   </si>
   <si>
     <t>m.estemirova@worldhalaltrust.lt</t>
   </si>
   <si>
     <t>0037060252122</t>
   </si>
   <si>
-    <t>LITHUANIA</t>
+    <t>ليتوانيا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2264754&amp;download=true</t>
   </si>
   <si>
-    <t>Supreme Islamic Council of Halal Meat in Australia</t>
+    <t>المجلس الإسلامي الأعلى للحوم الحلال في أستراليا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=FEBE8A17-C8BE-4BF5-AC67-69ECC38DF5CA</t>
   </si>
   <si>
     <t xml:space="preserve">Unit 13, 10 Straits Avenue
 South Granville
 NSW</t>
   </si>
   <si>
     <t>halal@sichma.com.au</t>
   </si>
   <si>
     <t>0061287648833</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2541719&amp;download=true</t>
   </si>
   <si>
-    <t xml:space="preserve">Halal Certification Organisation Ltd </t>
+    <t>منظمة شهادة الحلال المحدودة</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=9B521885-B291-4F80-8860-F23780F57616</t>
   </si>
   <si>
     <t xml:space="preserve">34 Mornington Road, Smethwick, West Midlands  </t>
   </si>
   <si>
     <t>amer@hcoltd.co.uk</t>
   </si>
   <si>
     <t>00443335770902</t>
   </si>
   <si>
-    <t>United Kingdom</t>
+    <t>المملكة المتحدة</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2342301&amp;download=true</t>
   </si>
   <si>
     <t>Halal Certification Europe (HCE)</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=F8C8D873-4393-45C9-AC5D-FF1AF8498213</t>
   </si>
   <si>
     <t xml:space="preserve">PO Box 1786
 Leicester</t>
   </si>
   <si>
     <t>firdous@halalce.com</t>
   </si>
   <si>
     <t>00441162738228</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=787383&amp;download=true</t>
   </si>
   <si>
     <t>RACS Quality Certificates (K) Limited</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=9CDD4B17-6566-48FE-BDB6-E0E62E52C5E5</t>
   </si>
   <si>
     <t>JF Centre Bldg., Upper Hill, Argwings Kodhek Road, P.O. Box 12544-0100 Nairobi, Kenya</t>
   </si>
   <si>
     <t>+254720538436</t>
   </si>
   <si>
-    <t>KENYA</t>
+    <t>كينيا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2476676&amp;download=true</t>
   </si>
   <si>
     <t>SHANDONG HALAL CERTIFICATION SERVICE</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=95C52DE3-A828-4D7A-A2D7-7B3092E478AE</t>
   </si>
   <si>
     <t xml:space="preserve">6 FLOOR, NO.86 Jianshe Raod， JINAN, DOWNTOWN, CHINA. </t>
   </si>
   <si>
     <t>i@ehalal.cn</t>
   </si>
   <si>
     <t>008653169989121</t>
   </si>
   <si>
-    <t>CHINA</t>
+    <t>الصين</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2476002&amp;download=true</t>
   </si>
   <si>
     <t>Islamic Religious Council of Singapore (Muis)</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=93C1BD09-6C67-477D-ABDC-C797D68F4EA6</t>
   </si>
   <si>
     <t>273 Braddell Road Singapore 579702</t>
   </si>
   <si>
     <t>nurul_hidayah_abubakar@muis.gov.sg</t>
   </si>
   <si>
     <t>006568126066</t>
   </si>
   <si>
-    <t>SINGAPORE</t>
-[...2 lines deleted...]
-    <t>Expired</t>
+    <t>سنغافورة</t>
+  </si>
+  <si>
+    <t>منتهية</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=837619&amp;download=true</t>
   </si>
   <si>
     <t>NZIDT Ltd</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=BB306310-9B63-403C-BE79-6C67B87D05BB</t>
   </si>
   <si>
     <t>Level 2, Building A, 600 Great South Road, Greenlane, Auckland, New Zealand</t>
   </si>
   <si>
     <t>khairul.noramin@nzidt.co.nz</t>
   </si>
   <si>
     <t>006493068934</t>
   </si>
   <si>
-    <t>NEW ZEALAND</t>
+    <t>نيوزيلندا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2593794&amp;download=true</t>
   </si>
   <si>
-    <t>SGS Gulf Limited</t>
+    <t>أس جي أس جلف ليمتد</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=8BCDC6B7-3F53-470C-BD61-CAFE01779A86</t>
   </si>
   <si>
     <t xml:space="preserve">P.O.Box: 18556, 
 Jebel Ali Free Zone,
 Dubai, United Arab Emirates
 </t>
   </si>
   <si>
     <t>Sithara.Hatim@sgs.com</t>
   </si>
   <si>
     <t>0097148809393</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=826796&amp;download=true</t>
   </si>
   <si>
-    <t>The Halal Approval South America S.A.</t>
+    <t>ذي حلال ابروفل ساوث امريكا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=3E0FF8B4-206E-4FA5-98BF-BF5B58C14BCC</t>
   </si>
   <si>
     <t xml:space="preserve">Jorge Newbery street nr 3466, 3rd floor, office number 302.
 Buenos Aires Argentina</t>
   </si>
   <si>
     <t>k.hassani@halalapproval.com.ar</t>
   </si>
   <si>
     <t>+5491152224776</t>
   </si>
   <si>
-    <t>ARGENTINA</t>
-[...2 lines deleted...]
-    <t>Emirates National Accrediation System</t>
+    <t>الأرجنتين</t>
+  </si>
+  <si>
+    <t>نظام الاعتماد الوطني الإماراتي</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2515317&amp;download=true</t>
   </si>
   <si>
     <t>HALAL FOOD AUTHORITY LTD</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=F5BDBCB7-DCCB-46D4-92DE-24B72B15CA2C</t>
   </si>
   <si>
     <t>UNIT 15 LINEN HOUSE 253 KILBURN LANE, QUEEN'S PARK LONDON ENGLAND W10 4BQ</t>
   </si>
   <si>
     <t>hifza@halalfoodauthority.com</t>
   </si>
   <si>
     <t>004402084467127</t>
   </si>
   <si>
-    <t>Emirates International Accreditation Center</t>
+    <t>مركز الإمارات العالمي للاعتماد</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2783159&amp;download=true</t>
   </si>
   <si>
     <t>Halal Feed and Food Inspection Authority (HFFIA)</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=DEB42D55-7B76-4346-9B91-017E4FB44E80</t>
   </si>
   <si>
     <t>Neherkade 3140</t>
   </si>
   <si>
     <t>yassine@halal.nl</t>
   </si>
   <si>
     <t>0031703649191</t>
   </si>
   <si>
-    <t>NETHERLANDS</t>
+    <t>هولندا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=803612&amp;download=true</t>
   </si>
   <si>
-    <t>JAMIAT ULAMA-I-HIND HALAL TRUST</t>
+    <t>جمعیۃ علماء ہند حلال ترست</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=1E47BF29-EC48-4118-98B8-B108423276EC</t>
   </si>
   <si>
     <t>#1, BAHADUR SHAH ZAFAR MARG, NEW DELHI</t>
   </si>
   <si>
     <t>jamiathalaltrust@gmail.com</t>
   </si>
   <si>
     <t>00919811570946</t>
   </si>
   <si>
-    <t>INDIA</t>
+    <t>الهند</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=833148&amp;download=true</t>
   </si>
   <si>
-    <t>Estandar Global de Certificación Halal, S.L. (Instituto Halal)</t>
+    <t>المعيار العالمي لشهادة الحلال س.ل. (معهد الحلال)</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=C28480BB-3217-4E69-9BD6-037619749CF5</t>
   </si>
   <si>
     <t>Calle Claudio Marcelo, 17, Córdoba, Spain</t>
   </si>
   <si>
     <t>international@institutohalal.com</t>
   </si>
   <si>
     <t>+34957634071</t>
   </si>
   <si>
-    <t>SPAIN</t>
+    <t>اسبانيا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2131993&amp;download=true</t>
   </si>
   <si>
-    <t>HALAL CONTROL GmbH</t>
+    <t>حلال كنترول</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=37A9C807-EAF8-41A7-AA8D-106743CF83BF</t>
   </si>
   <si>
     <t>Stahlstrasse 44, 65428 Ruesselsheim am Main, Germany</t>
   </si>
   <si>
     <t>mtatari@halalcontrol.de</t>
   </si>
   <si>
     <t>004961423019870</t>
   </si>
   <si>
-    <t>GERMANY</t>
-[...2 lines deleted...]
-    <t>Suspended</t>
+    <t>ألمانيا</t>
+  </si>
+  <si>
+    <t>موقوفة</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2487062&amp;download=true</t>
   </si>
   <si>
-    <t>Halal Certification Authority Pty Ltd</t>
+    <t>هيئة ترخيص المنتجات الحلال</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=9E5CA773-4A4B-4585-9FA5-35A2F2DB965C</t>
   </si>
   <si>
     <t>Level 5, 90 Pitt Street, Sydney NSW 2000</t>
   </si>
   <si>
     <t>nadia@halalauthority.org</t>
   </si>
   <si>
     <t>+61292326731</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2289327&amp;download=true</t>
   </si>
   <si>
     <t>Australian Halal Authority and Advisers Pty. Ltd.</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=9613A754-AE0B-41C0-A9EE-8C5D1BA630FE</t>
   </si>
   <si>
     <t>Level 1, 2a Dargie Court, Dallas , Melbourne, Victoria 3057</t>
   </si>
@@ -487,1230 +487,1230 @@
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=886809&amp;download=true</t>
   </si>
   <si>
     <t>Mastercert LLP</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=F0CFA951-5ADD-430F-872F-95D7C650F079</t>
   </si>
   <si>
     <t xml:space="preserve">No: 1/P3, Cholapuram Street, 
 Thiruvanmiyur
 Chennai - 600 041
 Tamil Nadu
 India</t>
   </si>
   <si>
     <t>abdulhannan@master-cert.com</t>
   </si>
   <si>
     <t>00914445579432</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2744675&amp;download=true</t>
   </si>
   <si>
-    <t>HALAL FOOD &amp; QUALITY S.L.</t>
+    <t>حلال فود آند كواليتي</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=6E588169-2B06-4D8D-A537-60EC048C98BB</t>
   </si>
   <si>
     <t xml:space="preserve">Plaza Ramon de la Sota 9 | Oficina 103 | C.P. 46520 Puerto de Sagunto (Valencia)
 Spain</t>
   </si>
   <si>
     <t>kamel@halalfoodquality.es</t>
   </si>
   <si>
     <t>00349610339443</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=845555&amp;download=true</t>
   </si>
   <si>
-    <t>Belhalal LLC</t>
+    <t>بلحلال</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=F195BFE7-B73D-4D15-9E65-AFCE49C6A7CD</t>
   </si>
   <si>
     <t>Griboedova str. 29-61</t>
   </si>
   <si>
     <t>belhalal@yandex.ru</t>
   </si>
   <si>
     <t>+375293541854</t>
   </si>
   <si>
-    <t>BELARUS</t>
-[...2 lines deleted...]
-    <t>The Belarusian State Center for Accreditation</t>
+    <t>بيلاروس</t>
+  </si>
+  <si>
+    <t>مركز اعتماد روسيا البيضاء</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=833149&amp;download=true</t>
   </si>
   <si>
-    <t>The Central Islamic Council of Thailand</t>
+    <t xml:space="preserve">المجلس المركزي الإسلامي بتايلاند </t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=9D9295B5-3407-4683-A6D8-CCE7CF867488</t>
   </si>
   <si>
     <t>45 Moo 3 Klongkao, Klongsib, Nongchok</t>
   </si>
   <si>
     <t>halal.khathawut@gmail.com</t>
   </si>
   <si>
     <t>+6620969499</t>
   </si>
   <si>
-    <t>THAILAND</t>
+    <t>تايلند</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2653522&amp;download=true</t>
   </si>
   <si>
-    <t>Halal Assessment Council (Guarantee) Limited</t>
+    <t>مجلس تقييم الحلال (الضمان) المحدود</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=5F169B76-61A5-4464-8FF7-9817B98ADFF8</t>
   </si>
   <si>
     <t xml:space="preserve">26-B, Retreat Road, Bambalapitiya, Colombo 04, Sri Lanka </t>
   </si>
   <si>
     <t>nafas@hac.lk</t>
   </si>
   <si>
     <t>009411425225</t>
   </si>
   <si>
-    <t>SRI LANKA</t>
+    <t>سري لانكا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2699877&amp;download=true</t>
   </si>
   <si>
-    <t>Japan Islamic Trust</t>
+    <t>جمعية الوقف الاسلامي باليابان</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=AC526A8D-9A2B-4FC8-83B9-7E29D928229E</t>
   </si>
   <si>
     <t xml:space="preserve">Masjid Otsuka Bldg. 3-42-11 Minami Otsuka Toshima-Ku Tokyo </t>
   </si>
   <si>
     <t>japanislamictrust.halal@gmail.com</t>
   </si>
   <si>
     <t>0081339715631</t>
   </si>
   <si>
-    <t>JAPAN</t>
+    <t>اليابان</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2711117&amp;download=true</t>
   </si>
   <si>
-    <t>Halal Consulting SL</t>
+    <t>حلال الاستشارية</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=AD0A2A67-3E7C-4188-999F-DEBB33B8F661</t>
   </si>
   <si>
     <t xml:space="preserve">C/ Antonio Márquez Muñoz nº 30 Pol. Ind. el Pinillo Torremolinos, Malaga </t>
   </si>
   <si>
     <t>info@halalconsulting.es</t>
   </si>
   <si>
     <t>+34951770923</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2674503&amp;download=true</t>
   </si>
   <si>
-    <t>Polish Institute of Halal (Polski Instytut Halal)</t>
+    <t>المعهد البولندي للحلال</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=3F0DE12D-C8B0-4151-ADB3-0760686F1B77</t>
   </si>
   <si>
     <t>Os. Lecha 42/21</t>
   </si>
   <si>
     <t>kontakt@institutehalal.com</t>
   </si>
   <si>
     <t>0048618206100</t>
   </si>
   <si>
-    <t>POLAND</t>
+    <t>بولندا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2711120&amp;download=true</t>
   </si>
   <si>
     <t>Halal Certification Agency - HCA Vietnam</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=30F6E4C2-0839-4B55-A954-B633BDC4FF40</t>
   </si>
   <si>
     <t>129B Tran Dang Ninh, Cau Giay, Hanoi, Vietnam</t>
   </si>
   <si>
     <t>halal@halal.vn</t>
   </si>
   <si>
     <t>008402462693741</t>
   </si>
   <si>
-    <t>Vietnam</t>
+    <t>فييت نام</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2579716&amp;download=true</t>
   </si>
   <si>
     <t xml:space="preserve">HALAL ITALIA </t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=498E1DD6-81BE-4E93-BCAB-099C6F4E6721</t>
   </si>
   <si>
     <t xml:space="preserve">Via Francesco De Sanctis, 74
 20141 Milan (ITALY)</t>
   </si>
   <si>
     <t>qualita@halalitalia.org</t>
   </si>
   <si>
     <t>00390444571106</t>
   </si>
   <si>
-    <t>ITALY</t>
+    <t>إيطاليا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2306717&amp;download=true</t>
   </si>
   <si>
-    <t>NPO Japan Halal Association</t>
+    <t>جمعية الحلال اليابانية</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=C7BBC789-5F7D-4351-807E-B3CBE4B165EF</t>
   </si>
   <si>
     <t>Excel Abiko 2F, 3-17-4 Karita, Sumiyoshi, Osaka 558-0011 Japan</t>
   </si>
   <si>
     <t>remon@jhalal.com</t>
   </si>
   <si>
     <t>0081647035966</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2090182&amp;download=true</t>
   </si>
   <si>
-    <t>SIILHalal Brazil - Islamic Inspection Service</t>
+    <t>سيل حلال البرازيل - خدمات الرقابه الإسلاميه</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=5571C9B8-C399-4D94-89F3-2D89F6CA8366</t>
   </si>
   <si>
     <t xml:space="preserve">SIILHalal – Serviço de Inspeção Islâmica - CNPJ: 09.635.286/0001-56
 Av. Fernando Machado esquina com a R. Duque de Caxias - Edifício IL Centenário, 141E – Sala 1504 - Bairro Centro, Chapecó – Santa Catarina – Brasil - CEP: 89.802-112</t>
   </si>
   <si>
     <t>dalali@siilhalal.com.br</t>
   </si>
   <si>
     <t>+554933231224</t>
   </si>
   <si>
-    <t>BRAZIL</t>
+    <t>البرازيل</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=841319&amp;download=true</t>
   </si>
   <si>
     <t>WORLD HALAL AUTHORITY</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=6420EC1F-02E9-4B8C-A95B-4173B7C25C5B</t>
   </si>
   <si>
     <t xml:space="preserve">VIALE BRIANZA,20 CINISELLO BALSAMO. 
 MILAN</t>
   </si>
   <si>
     <t>basma.farrag@gmail.com</t>
   </si>
   <si>
     <t>0039 0236587564</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2541720&amp;download=true</t>
   </si>
   <si>
     <t>Halal Quality Control France</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=73E34776-7FF7-4706-A700-BB8FC709F9F3</t>
   </si>
   <si>
     <t>8 Rue du Fer a Moulin bat 15, 75005 Paris, France</t>
   </si>
   <si>
     <t>accreditation.moiat.poland@halaloffice.com</t>
   </si>
   <si>
     <t>+33 6 58940828</t>
   </si>
   <si>
-    <t>FRANCE</t>
+    <t>فرنسا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2653523&amp;download=true</t>
   </si>
   <si>
-    <t>Prime Certification And Inspection LLC</t>
+    <t>برايم سرتفيكشن اند انسبيكشن ش ذ م م</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=3C430B8F-EE02-42D6-948D-61F5379985B4</t>
   </si>
   <si>
     <t xml:space="preserve">Plot No 531-519, Dubai Industrial City
 P.O. Box. 61670, Dubai, United Arab Emirates</t>
   </si>
   <si>
     <t>shiju.m@uaeprime.com</t>
   </si>
   <si>
     <t>0097144314345</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2548825&amp;download=true</t>
   </si>
   <si>
-    <t>Halal Global Ukraine Certification Centre LLC</t>
+    <t>مركز شهادات حلال أوكرانيا غلوبال ذ.م.م</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=357855FD-5E4C-4658-827F-7660445461A7</t>
   </si>
   <si>
     <t xml:space="preserve">10, Oleksandra Dovzhenka str., office 26
 Kyiv, Ukraine
 </t>
   </si>
   <si>
     <t>halalglobal.ua@gmail.com</t>
   </si>
   <si>
     <t>000380443449863</t>
   </si>
   <si>
-    <t>UKRAINE</t>
+    <t>أوكرانيا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=826797&amp;download=true</t>
   </si>
   <si>
     <t>RACS QUALITY CERTIFICATION PRIVATE LIMITED</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=8AAA9B8F-7A13-4140-923D-5A3CAF3A4171</t>
   </si>
   <si>
     <t>i-Thum, A-40, Tower A, Ground Floor, Sector 62, Noida, Gautam Buddha Nagar, Uttar Pradesh, India, 201301</t>
   </si>
   <si>
     <t>+971556775427</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2731644&amp;download=true</t>
   </si>
   <si>
-    <t xml:space="preserve">Total Quality Halal Correct Certification </t>
+    <t>شهادة الجودة الشاملة الحلال الصحيح</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=012D574B-1D11-489E-A1F2-65CCE2A36286</t>
   </si>
   <si>
     <t xml:space="preserve">Perzikweg 9B, 2321 DG Leiden </t>
   </si>
   <si>
     <t>HalalQMS@halalcorrect.com</t>
   </si>
   <si>
     <t>+31 071 523 5770</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=502995&amp;download=true</t>
   </si>
   <si>
-    <t>Halal Quality Control Greece</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">Regional Business Centers No6, Karolou Ntel 31-33,  54623 Thessaloniki, Greece </t>
+    <t>مراقبة جودة الحلال في اليونان</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=2010C46D-E9E6-44E8-B83F-7AC9CCCAA925</t>
+  </si>
+  <si>
+    <t>Sourmenon 56, 55131, Thessaloniki, Greece</t>
+  </si>
+  <si>
+    <t>wasim@halaloffice.com</t>
   </si>
   <si>
     <t>+31654307707</t>
   </si>
   <si>
-    <t>GREECE</t>
+    <t>اليونان</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=&amp;download=true</t>
   </si>
   <si>
-    <t>FAMBRAS Halal Certificação Ltda</t>
+    <t>فامبراس حلال</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=AAE63238-567D-4476-8DD5-24FBA024646C</t>
   </si>
   <si>
     <t>Rua Tejupá 192, Jabaquara</t>
   </si>
   <si>
     <t>nizar@fambrashalal.com.br</t>
   </si>
   <si>
     <t>00551150350820</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=925776&amp;download=true</t>
   </si>
   <si>
     <t>Halal Quality Control Italy</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=2B38C717-4107-49F3-88C5-06926B5E2192</t>
   </si>
   <si>
     <t>Via Michele Bellizzi 9, 87012, Castrovillari (CS)</t>
   </si>
   <si>
-    <t>wasim@halaloffice.com</t>
-[...1 lines deleted...]
-  <si>
     <t>00393389652911</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3034462&amp;download=true</t>
   </si>
   <si>
-    <t>Horn of Africa Livestock Improvement and Conformity Services (HALICS)</t>
+    <t>هاليكس</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=EE31E17D-B125-49F7-B765-84A23393648F</t>
   </si>
   <si>
     <t>111 7th Avenue, Kantarolka Galbeed, 70108, Garowe, Puntland, Somalia</t>
   </si>
   <si>
     <t>info@halics.org</t>
   </si>
   <si>
     <t>+252905185047</t>
   </si>
   <si>
-    <t>SOMALIA</t>
+    <t>الصومال</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=492685&amp;download=true</t>
   </si>
   <si>
-    <t>Islamic Community in B&amp;H - Agency for Halal Quality Certification</t>
+    <t>الجماعة الإسلامية في البوسنة و الهرسك -هيئة شهادات الحلا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=D1CF54F0-253B-4BF4-911D-B97D7DF17D25</t>
   </si>
   <si>
     <t>Turalibegova 73, Tuzla</t>
   </si>
   <si>
     <t>agency@halal.ba</t>
   </si>
   <si>
     <t>00387 35 258 427</t>
   </si>
   <si>
-    <t>BOSNIA HERZG</t>
+    <t>البوسنة والهرسك</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2841438&amp;download=true</t>
   </si>
   <si>
     <t>Halal Conformity Services</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=2B43C892-884E-46E6-A2F5-3D3E973D91DB</t>
   </si>
   <si>
     <t>3105 Great North Road, New Lynn, Auckland 0600, New Zealand</t>
   </si>
   <si>
     <t>admin@halalcs.co.nz</t>
   </si>
   <si>
     <t>+6498250390</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3079531&amp;download=true</t>
   </si>
   <si>
-    <t>JUHF CERTIFICATION PVT. LTD.</t>
+    <t xml:space="preserve">جي يو ايج ايف سرتیفیکیشن براویت لیمیتید </t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=138D3CD9-861C-4E8D-8D85-7D4739591739</t>
   </si>
   <si>
     <t xml:space="preserve">Imam Bada Compound, Imam Bada Road, 
 Near. Mughal Masjid, Bhindi Bazar, Mumbai
 400009, Maharashtra, India </t>
   </si>
   <si>
     <t>contact@halalhind.com</t>
   </si>
   <si>
     <t>002223759169</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2109005&amp;download=true</t>
   </si>
   <si>
-    <t>Al-Waiz Certification and Training Services Pvt Limited</t>
+    <t>الواعظ سرتیفیکشن ایند تریننک سروسز پرایئویت لمیتد</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=245727A9-9F57-41BF-922B-4F254C408A5D</t>
   </si>
   <si>
     <t xml:space="preserve">Office # 03, 3rd Floor, 221/222, B-Commercial, Sector C, Bahria Town, Lahore - Pakistan
 </t>
   </si>
   <si>
     <t>haseeb@acts.pk</t>
   </si>
   <si>
     <t>00924235976227</t>
   </si>
   <si>
-    <t>PAKISTAN</t>
-[...2 lines deleted...]
-    <t>Atyab international Services LLC</t>
+    <t>باكستان</t>
+  </si>
+  <si>
+    <t>أطياب للخدمات الدولية ش م م</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=E4A13882-AB02-43A0-A2A6-395EA4D896B4</t>
   </si>
   <si>
     <t xml:space="preserve">Muttrah / Muscat Governorate </t>
   </si>
   <si>
     <t>tahir.i@ais-mea.com</t>
   </si>
   <si>
     <t>+96824717218</t>
   </si>
   <si>
-    <t>OMAN</t>
+    <t>عمان</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2108975&amp;download=true</t>
   </si>
   <si>
-    <t>Halal Quality Control Group - The Netherlands</t>
+    <t>مكتب مراقبة جودة الحلال في هولندا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=6B2EA674-D792-4DCA-B7B1-08DF0ACE91B5</t>
   </si>
   <si>
     <t xml:space="preserve">Laan van Meerdervoort 53d
 2517 AE, Den Haag</t>
   </si>
   <si>
     <t>0031703469795</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2783158&amp;download=true</t>
   </si>
   <si>
     <t>Halal Quality Control Belgium</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=A739CEB0-A993-45B3-BBAE-A0E1DAE87EB3</t>
   </si>
   <si>
     <t>Address: Route Gouvernmentale,1150 Bruxelles, Belgium</t>
   </si>
   <si>
     <t>0031654307707</t>
   </si>
   <si>
-    <t>BELGIUM</t>
+    <t>بلجيكا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=549827&amp;download=true</t>
   </si>
   <si>
-    <t xml:space="preserve">Halal Correct France </t>
+    <t>حلال كوركت فرنسا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=BFBDDD52-2C0B-4620-9213-61220F5F683E</t>
   </si>
   <si>
     <t>274 ter-3 avenue de la Marne Bat C&amp;D 59700 Marcq-en-Baroeul FRANCE</t>
   </si>
   <si>
     <t>info@halalcorrect.com</t>
   </si>
   <si>
     <t>+33661142787</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2410392&amp;download=true</t>
   </si>
   <si>
     <t>Halal Quality Control Germany</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=5EF76A49-29F8-4A13-B4EF-6F4C66D8561C</t>
   </si>
   <si>
     <t>Address: Bramscher Str. 67‐69, 49088 Osnabrück, Germany</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=547711&amp;download=true</t>
   </si>
   <si>
-    <t>Majelis Ulama Indonesia (LPPOM MUI)</t>
+    <t>-</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=2F3B7C41-4BC1-4E5E-BB90-4DB07615A936</t>
   </si>
   <si>
     <t>Building 3rd Floor, Jl. Proklamasi No.51, Menteng‐Jakarta Pusat, Indonesia</t>
   </si>
   <si>
     <t>qualitymanagement@halalmui.org</t>
   </si>
   <si>
     <t>0025114056</t>
   </si>
   <si>
-    <t>INDONESIA</t>
-[...2 lines deleted...]
-    <t>National Accreditation Body of Indonesia</t>
+    <t>إندونيسيا</t>
+  </si>
+  <si>
+    <t>لجنة الاعتماد الوطنية في أندونيسيا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2240679&amp;download=true</t>
   </si>
   <si>
-    <t>HALAL APPROVAL SOUTH AMERICA SERVICOS DE CERTIFICACAO LTDA</t>
+    <t>حلال ابروفل ساوث امريكا لخدمات إصدار الشهادة</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=061682E6-0D2C-489B-8E65-E8BD10F670BD</t>
   </si>
   <si>
     <t>Street Dr Chucri Zaidan, 1550, floor 11°. sala 1116. Bairro Morumbi, São Paulo, cep 04583-110. Brasil.</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3321851&amp;download=true</t>
   </si>
   <si>
-    <t>Halal Assurance and Quality Greece (HAQ Greece)</t>
+    <t>شركة ضمان الحلال والجودة باليونان</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=79659E45-C8E0-405F-9ECC-7C1AF53730C9</t>
   </si>
   <si>
     <t>Straitsa 2, Thermi, Thessaloniki</t>
   </si>
   <si>
     <t>m.eltawab@halalaq.gr</t>
   </si>
   <si>
     <t>+30 2313098732</t>
   </si>
   <si>
-    <t>RACS Quality Certificates UK LTD</t>
-[...2 lines deleted...]
-    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=39C22F88-7C6D-42B6-AA35-D6BE427C5356</t>
+    <t xml:space="preserve">شركة راكس لإصدار شهادات الجودة </t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=369AF718-2797-4F7B-AED1-0907F1CDE8E1</t>
   </si>
   <si>
     <t>The Thames Suite, Office no. 5, 133 Creek Road, Greenwich, London, SE8 3BU, United Kingdom</t>
   </si>
   <si>
     <t>halaby@racs-me.com</t>
   </si>
   <si>
     <t>+442037937753</t>
   </si>
   <si>
-    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2476677&amp;download=true</t>
-[...2 lines deleted...]
-    <t>RACS GmbH</t>
+    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3406489&amp;download=true</t>
+  </si>
+  <si>
+    <t>شركة راكس لإصدار شهادات الجودة</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=F33CB56A-EDAC-4799-8CD2-2220FC7FD573</t>
   </si>
   <si>
     <t>Meisenstr. 96, 33607 Bielefeld, Germany</t>
   </si>
   <si>
     <t>+4952154368800</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2370852&amp;download=true</t>
   </si>
   <si>
-    <t>National Independent Halaal Trust</t>
+    <t xml:space="preserve">هيئة  الحلال الوطنية المستقلة</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=521F5D54-935D-4E64-BFE4-618FB9B40A93</t>
   </si>
   <si>
     <t xml:space="preserve">Baitun Noor Centre
 5770 Topaas Street
 Extension 5
 Lenasia</t>
   </si>
   <si>
     <t>abdulwahab@halaal.org.za</t>
   </si>
   <si>
     <t>0027118544381</t>
   </si>
   <si>
-    <t>SOUTH AFRICA</t>
+    <t>جنوب أفريقيا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3155387&amp;download=true</t>
   </si>
   <si>
     <t>International Halal Certification Center Inc.</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=C61D15A0-7F96-4951-BEF1-59D670DCD85E</t>
   </si>
   <si>
     <t>803-1, Gayang Techno town, 217, Heojun-ro, Gangseo-gu, Seoul, Republic of Korea</t>
   </si>
   <si>
     <t>kimyh1025@ihchalal.com</t>
   </si>
   <si>
     <t>+82220885632</t>
   </si>
   <si>
-    <t>South Korea</t>
-[...2 lines deleted...]
-    <t>Philippine accreditation bureau of the Philippines</t>
+    <t>كوريا الجنوبية</t>
+  </si>
+  <si>
+    <t>هيئة الإعتماد الفلبينية</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=592900&amp;download=true</t>
   </si>
   <si>
     <t>Australian Halal Development &amp; Accreditation</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=9FCD7774-9490-4F92-B08D-2E6E1A21801E</t>
   </si>
   <si>
     <t xml:space="preserve">9 Beaudesert Road, Archerfield, Brisbane, Qld 4108,  Australia</t>
   </si>
   <si>
     <t>info@ahdaa.com.au</t>
   </si>
   <si>
     <t>+61732751077</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3079530&amp;download=true</t>
   </si>
   <si>
     <t>Prime Certification and Inspection Asia Pacific Inc.</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=195788A9-FF96-486D-BB5A-CF88E79D39BF</t>
   </si>
   <si>
     <t>Unit R-04, 3rd Floor Allegro Center, Chino Roces Avenue Extension, Brgy.Magallanes, Makati City, Philippines</t>
   </si>
   <si>
     <t>+639284041002</t>
   </si>
   <si>
-    <t>PHILIPPINES</t>
+    <t>الفلبين</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2272416&amp;download=true</t>
   </si>
   <si>
     <t>Halal Monitoring Committee (HMC)</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=01B337E7-55FB-49A5-B27C-339504981BB3</t>
   </si>
   <si>
     <t xml:space="preserve">Leicester Business Centre
 111 Ross Walk
 Leicester 
 LE5 5HH
 UK</t>
   </si>
   <si>
     <t>nadeem.adam@halalhmc.org</t>
   </si>
   <si>
     <t>00441163260165</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2411907&amp;download=true</t>
   </si>
   <si>
     <t>Australian Halal Development and Accreditation (AHDAA)</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=998ADADC-C4B5-4E58-8D2E-C184223CE7CD</t>
   </si>
   <si>
     <t>Plot 580 BLOCK 9, MKWEPO/MAKUNGANYA STREET. DAR ES SALAA M, TANZANIA</t>
   </si>
   <si>
     <t>ahdaa@ahdaa.com.au</t>
   </si>
   <si>
     <t>+255753081953</t>
   </si>
   <si>
-    <t>TANZANIA</t>
+    <t>جمهورية تترانيا المتحدة</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3079529&amp;download=true</t>
   </si>
   <si>
-    <t>HALAL CORRECT POLAND SP.Z O.O</t>
+    <t>حلال كوركت بولندا SP.Z O.O</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=7C07DC9F-7ADA-48CA-B006-F8C3971220B9</t>
   </si>
   <si>
     <t>UL. NOWOGRODZKA 31 / 110</t>
   </si>
   <si>
     <t>+48 604 823 732</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=572566&amp;download=true</t>
   </si>
   <si>
     <t>GULFTIC-ICSC HALAL LLC</t>
   </si>
   <si>
-    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=CC020675-D26E-4C79-8F67-D993CFDEBDB4</t>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=A2F5DAAA-78E8-4B58-8AE1-71D631517BCD</t>
   </si>
   <si>
     <t xml:space="preserve">Rozhdestvenka street, house 5/7, building 2,
 premises V, office 5BU, 107031, Moscow, Russian Federation</t>
   </si>
   <si>
-    <t>samat@gulftic-icsc.com</t>
+    <t>info@gulftic-icsc.com</t>
   </si>
   <si>
     <t>0074956889509</t>
   </si>
   <si>
-    <t>Russian Federation</t>
-[...5 lines deleted...]
-    <t>HALAL FOOD COUNCIL OF EUROPE</t>
+    <t>الاتحاد الروسي</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3448306&amp;download=true</t>
+  </si>
+  <si>
+    <t>المجلس الأوروبي للأغذية الحلال</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=EF5C071F-4DC3-41ED-AA6B-96E6C25C4826</t>
   </si>
   <si>
     <t>RUE DE LA PRESSE 4, 1000 BRUSSELS</t>
   </si>
   <si>
     <t>quality@hfce.eu</t>
   </si>
   <si>
     <t>0032022271114</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=719070&amp;download=true</t>
   </si>
   <si>
-    <t>HCC EAST AFRICAN HALAL CONFIRMATION CENTER LIMITED</t>
+    <t xml:space="preserve"> شرق أفريقيا مركز تأكيد الحلال </t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=5FDAB788-93F2-4DA2-900E-FFB71F849DE3</t>
   </si>
   <si>
     <t>PO BOX 8992 GPO Nairobi- Kenya</t>
   </si>
   <si>
     <t>+254122419194</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3321850&amp;download=true</t>
   </si>
   <si>
-    <t>Islamic Food and Nutrition Council of Canada</t>
+    <t>المجلس الإسلامي للغذاء والتغذية الكندي</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=AFF1D7F9-93C9-422C-840C-A5713C2970D9</t>
   </si>
   <si>
     <t xml:space="preserve">130 Dundas Street East, Suite 206
 Mississauga, ON L5A 3V8
 </t>
   </si>
   <si>
     <t>adeela.dilbar@ifancc.org</t>
   </si>
   <si>
     <t>+19052750477</t>
   </si>
   <si>
-    <t>CANADA</t>
+    <t>كندا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2918620&amp;download=true</t>
   </si>
   <si>
-    <t>Islamic Chamber for Halal Services LLP "ICHS"</t>
+    <t>شركة الغرفة الإسلامية لخدمات الحلال</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=548067CB-FCB1-453A-B400-802B1BD6EA13</t>
   </si>
   <si>
     <t>4th Floor, Silver Stream House, 45 Fitzroy Street, London, W1T 6EB, UK</t>
   </si>
   <si>
     <t>amr.elmetwally@ic-halal.com</t>
   </si>
   <si>
     <t>00447868719637</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2150916&amp;download=true</t>
   </si>
   <si>
-    <t>World Halal Trust</t>
-[...1 lines deleted...]
-  <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=2560C560-C1E0-4619-AF4F-D17FAF9B56EF</t>
   </si>
   <si>
     <t>K. Mukhamedkhanov street 21, 010000, Esil district, Nur-Sultan, Kazakhstan</t>
   </si>
   <si>
     <t>007172574 732</t>
   </si>
   <si>
-    <t>KAZAKHSTAN</t>
+    <t>كازاخستان</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2325144&amp;download=true</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=02CD47D5-4629-4E8F-B684-638FEC9A0735</t>
   </si>
   <si>
     <t xml:space="preserve">Sadik Azimov str 50 office 406, 100047, Tashkent, Uzbekistan
 </t>
   </si>
   <si>
     <t>00998 999 303 311</t>
   </si>
   <si>
-    <t>UZBEKISTAN</t>
+    <t>أوزبكستان</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2325146&amp;download=true</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=489327D2-618F-4BF9-A57B-F02151AD838B</t>
   </si>
   <si>
     <t>Izabella House, 24-26 Regent St, Birmingham, UK</t>
   </si>
   <si>
     <t>0037063921111</t>
   </si>
   <si>
+    <t>وورلد حلال ترست</t>
+  </si>
+  <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=E7A2F468-4D94-4AC0-BFDF-751BB482F047</t>
   </si>
   <si>
     <t xml:space="preserve">Velissariou 41 B, 67131, Xanthi, Greece   </t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2407619&amp;download=true</t>
   </si>
   <si>
-    <t>COTECNA INSPECTION MIDDLE EAST L.L.C</t>
+    <t>كوتيكنا انسبيكشن ميدل ايست ش.ذ.م.م</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=5E658390-373F-450E-9A56-12A882732443</t>
   </si>
   <si>
     <t xml:space="preserve">COTECNA INSPECTION MIDDLE EAST L.L.C
 208, Block A, Al Hudaiba Awards Building, Opp Etihad Museum, Dubai
 </t>
   </si>
   <si>
     <t>anis.abm@gmail.com</t>
   </si>
   <si>
     <t>0097142682716</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2534073&amp;download=true</t>
   </si>
   <si>
     <t>Cotecna Kenya Limited</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=7E51CB6A-2315-4D82-BD09-4BCAE0F4DE30</t>
   </si>
   <si>
     <t xml:space="preserve">Cotecna Kenya Limited
 PILI Trade Centre, Mombasa Road (Opposite Hilton Garden INN), Nairobi
 P.O BOX 49864-00100
 </t>
   </si>
   <si>
     <t>+97143455002</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2534072&amp;download=true</t>
   </si>
   <si>
-    <t>HALAL CERTIFICATION SERVICES(CHONGQING) - HCS</t>
-[...2 lines deleted...]
-    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=2FABC830-A0AB-49EE-B3C2-C0B63DC0AF24</t>
+    <t>خدمات شهادة الحلال تشونغتشينغ</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=A8270591-6717-4C19-880E-1B75F4DB9B50</t>
   </si>
   <si>
     <t>8-4-1, Building 1, No. 52, Cuihu Road, Shuanglonghu Street, Yubei District, Chongqing</t>
   </si>
   <si>
-    <t>ayishahcs@gmail.com</t>
+    <t>talal.zaki@gmail.com</t>
   </si>
   <si>
     <t>008615213477382</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2479453&amp;download=true</t>
   </si>
   <si>
-    <t>"CERT International" LLC</t>
+    <t>سيرت انترناشيونال" ذ"</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=7D1D0AFC-F9AD-43FF-B50E-6A52D2347496</t>
   </si>
   <si>
     <t>Republic of Uzbekistan, 100000, Tashkent city, Mirzo-Ulugbek district, Mustakillik Avenue, 59, floor 5</t>
   </si>
   <si>
     <t>isocert@certin.org</t>
   </si>
   <si>
     <t>+998712022555</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2505007&amp;download=true</t>
   </si>
   <si>
-    <t xml:space="preserve">OROMIYA REGION ISLAMIC AFFAIRS SUPREME COUNCIL  DEPARTMENT OF HALAL CERTEFICATION </t>
+    <t>المجلس الأعلى للشؤن الإسلامية فى اقليم أوروميا - إدارة ترخيص منتخبات الحلال</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=35332D84-CAD4-47B4-9116-69FF7AE290BD</t>
   </si>
   <si>
     <t>Near Addis Ababa Stadium, Lion House Building-2, Fifth Floor</t>
   </si>
   <si>
     <t>oriasc14@gmail.com</t>
   </si>
   <si>
     <t>002515154347</t>
   </si>
   <si>
-    <t>ETHIOPIA</t>
+    <t>إثيوبيا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2490161&amp;download=true</t>
   </si>
   <si>
     <t>Halal Quality Control Austria GmbH</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=5BA0D721-DB5E-4978-A101-E5C01ABD67D2</t>
   </si>
   <si>
     <t>Dametz Str. 6, 4020 Linz , Austria</t>
   </si>
   <si>
     <t>+31621659255</t>
   </si>
   <si>
-    <t>AUSTRIA</t>
+    <t>النمسا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=198838&amp;download=true</t>
   </si>
   <si>
     <t>Covenant Halal Services LLC</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=D7069B74-944D-45C9-854F-4B291D57B99E</t>
   </si>
   <si>
     <t>5055 Wild Ginger Cove, Peachtree Corners, GA, 30092, USA</t>
   </si>
   <si>
     <t>abdullah@covenanthalal.com</t>
   </si>
   <si>
     <t>0014047503572</t>
   </si>
   <si>
-    <t>United States</t>
+    <t>الولايات المتحدة</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=208682&amp;download=true</t>
   </si>
   <si>
     <t>Estandar Global de Certificación Halal Mexico, S.A. de C.V.</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=6613C766-2317-4AD6-8F3E-7C35BB5BEEAD</t>
   </si>
   <si>
     <t>Avenue Paseo de la Reforma, 248th, floor 17th, Colonia Juarez, Delegación Cuauhtemoc</t>
   </si>
   <si>
     <t>00525547392006</t>
   </si>
   <si>
-    <t>MEXICO</t>
+    <t>المكسيك</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=884017&amp;download=true</t>
   </si>
   <si>
     <t>Halal Australia Pty Ltd</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=0575911F-DA38-405C-A158-BC8976B2965F</t>
   </si>
   <si>
     <t>Unit 403 Level 4 55 Phillip Street Parramatta NSW 2150</t>
   </si>
   <si>
     <t>info@halal-australia.com.au</t>
   </si>
   <si>
     <t>001161298931890</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=922936&amp;download=true</t>
   </si>
   <si>
-    <t>Halal Transactions, Inc. dba Halal Transactions of Omaha</t>
+    <t>مركز التعامل بالحلال في أوماها</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=DA886B0B-99B6-4494-9FBB-9A6BC5988B44</t>
   </si>
   <si>
     <t>11636 West Center Rd., Omaha, Nebraska</t>
   </si>
   <si>
     <t>jalot.absy@halaltransactions.org</t>
   </si>
   <si>
     <t>0015726120</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2783160&amp;download=true</t>
   </si>
   <si>
     <t>GulfTIC Certification LLC</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=F9489D14-4D80-4655-91F3-5CF81245D3B6</t>
   </si>
   <si>
     <t>Office G2, (UAE Enterprises Building) owned by Abdul Jalil Darwish, Deira, Dubai, United Arab Emirates</t>
   </si>
   <si>
     <t>info@gulftic.com</t>
   </si>
   <si>
     <t>0097142721285</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=934291&amp;download=true</t>
   </si>
   <si>
-    <t xml:space="preserve">International Halal Certification Pvt Ltd </t>
+    <t>شهادة الحلال العالمية (خاصة محدودة)</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=1177CF4D-6D24-4F1B-9187-619F4BA3CDEF</t>
   </si>
   <si>
     <t xml:space="preserve">Suite A-2, 2nd Floor, Plot 83-C, Khayaban e Jami, Phase 7, DHA, Karachi, Pakistan </t>
   </si>
   <si>
     <t>director@international-halal.com</t>
   </si>
   <si>
     <t>+92 21 35890821</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=922945&amp;download=true</t>
   </si>
   <si>
-    <t xml:space="preserve">International Halal Certification </t>
+    <t>شهادة الحلال العالمية</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=5CEA29E7-8F34-4689-90DA-33901B9E3F07</t>
   </si>
   <si>
     <t>Unit 101, Building A-2, Dubai Silicon Oasis, (IFZA) Dubai</t>
   </si>
   <si>
     <t>+971 50 428 7547</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=922937&amp;download=true</t>
   </si>
   <si>
     <t>Kazakhstan Institute of Standardization and Metrology</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=F73BE874-2FEF-44CE-9BE8-C7DE03D7F234</t>
   </si>
   <si>
     <t>Republic of Kazakhstan, Astana city, 11, Mangilik Yel avenue</t>
   </si>
   <si>
     <t>a.mukasheva@ksm.kz</t>
   </si>
@@ -1727,467 +1727,473 @@
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=C12F5A48-C2A7-4796-BAD6-1AEA0F4F0B67</t>
   </si>
   <si>
     <t xml:space="preserve">2/64 Attfield Street
 Maddington, WA 6109</t>
   </si>
   <si>
     <t>info-waha@westnet.com.au</t>
   </si>
   <si>
     <t>+61 8 9459 4216</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2919864&amp;download=true</t>
   </si>
   <si>
     <t>Estándar Global de Certificación Halal, S.L. (Portugal)</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=6CCC626D-8B32-4B18-A3D5-D33B45F175FF</t>
   </si>
   <si>
     <t>Avenida Eng. Arantes e Oliveira 3</t>
   </si>
   <si>
-    <t>PORTUGAL</t>
+    <t>البرتغال</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3025452&amp;download=true</t>
   </si>
   <si>
     <t>Halal Quality Control Hungary</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=0369549A-2B21-4C71-8176-9E6D0D06A848</t>
   </si>
   <si>
     <t>Paskál Str. 60, HU 1141 Budapest, Hungary</t>
   </si>
   <si>
-    <t>HUNGARY</t>
+    <t>هنغاريا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=489698&amp;download=true</t>
   </si>
   <si>
     <t>Regulatory Affairs and Conformity Services LLC</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=AB61C66B-D6B5-4CCC-A29E-0C01A0FCE6DD</t>
   </si>
   <si>
     <t>Suite 210, 5625 Cypress Creek Parkway Houston-Texas-77069</t>
   </si>
   <si>
     <t>management@racs-us.com</t>
   </si>
   <si>
     <t>0018322864149</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3205162&amp;download=true</t>
   </si>
   <si>
-    <t>Halal India Private Limited</t>
+    <t>حلال الهند الخاصة المحدودة</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=408F5F3F-55D9-42BA-AF05-279FB15D6850</t>
   </si>
   <si>
     <t xml:space="preserve">Suite No.7&amp; 8 3rd Floor, Hameedia Shopping Mall, 
 No.108-109, Triplicane High Road, Triplicane, Chennai-600005.</t>
   </si>
   <si>
     <t>poornima@halalindia.co.in</t>
   </si>
   <si>
     <t>+91 44 42618147</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2109006&amp;download=true</t>
   </si>
   <si>
-    <t>Halal Center LLC</t>
+    <t>حلال سنتر ذ م م</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=A97C7711-78BA-4210-BD5C-AA001ECD9E8B</t>
   </si>
   <si>
     <t>Moscow City, Territory Of Khamovniiki Municipal District, Zubovsky Building 1, 5 Floor, Office 24, Room 5</t>
   </si>
   <si>
     <t>info@halal-ua.com</t>
   </si>
   <si>
     <t>0079095514232</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2422618&amp;download=true</t>
   </si>
   <si>
+    <t>"مركز الحلال" شركة ذات مسؤولية محدودة</t>
+  </si>
+  <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=67D02E64-49EF-404C-BB2F-D277300394AD</t>
   </si>
   <si>
     <t>tarasa shevchenko boulevard 38, office 149</t>
   </si>
   <si>
     <t>00380938888821</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2299215&amp;download=true</t>
   </si>
   <si>
     <t>HALAL CENTER QUALITY CERTIFICATION LIMITED COMPANY</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=8D31EA95-0AFA-4C2C-91B6-13E4C77ABFFB</t>
   </si>
   <si>
     <t>Turkey, Istanbul, Fatih / Hocapasa District, Ebusuud Street, Tellioglu business merkezi Building 36, 3rd Floor, 34110</t>
   </si>
   <si>
     <t>+90 533 51 38 830</t>
   </si>
   <si>
-    <t>TURKEY</t>
+    <t>تركيا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2475226&amp;download=true</t>
   </si>
   <si>
-    <t>International Halal Center T&amp;Q</t>
+    <t>مركز حلال الدولي للتدريب و التأهيل</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=C917F382-58F4-4325-837B-84E9DD80FE84</t>
   </si>
   <si>
     <t>7circle - abdullah Ghosheh street building (15) floor (3)</t>
   </si>
   <si>
     <t>009627777779907</t>
   </si>
   <si>
-    <t>JORDAN</t>
+    <t>الأردن</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2306707&amp;download=true</t>
   </si>
   <si>
-    <t>Mexican Halal Authority.MEHA</t>
+    <t>هيئة الحلال المكسيكية. مها</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=EC13D3A5-B295-45DA-8FC6-3A7413C17E64</t>
   </si>
   <si>
     <t>AV. Pdte. Masaryk 101, Polanco, Polanco V Secc, Miguel Hidalgo, 11560 Ciudad de México, CDMX, México</t>
   </si>
   <si>
     <t>presidencia@meha.com.mx</t>
   </si>
   <si>
     <t>005215589101423</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2299214&amp;download=true</t>
   </si>
   <si>
-    <t>INTERNATIONAL CENTER FOR STANDARDIZATION AND CERTIFICATION "HALAL" UNDER THE SPIRITUAL ADMINISTRATION OF MUSLIMS OF THE RUSSIAN FEDERATION</t>
+    <t>مركز "حلال" الدولي للمعايير والشهادات التابع لمجلس شورى المفتين لروسيا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=CBAA9799-1C49-4E41-AAFE-6A54FF8E0AA6</t>
   </si>
   <si>
     <t xml:space="preserve">Russian Federation, 129090, Moscow, Vypolzov lane 7, office 328 (physical/mailing) </t>
   </si>
   <si>
     <t>f.penzin@halalcenter.ru</t>
   </si>
   <si>
     <t>+74959260310</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2674547&amp;download=true</t>
   </si>
   <si>
-    <t>WORLD HALAL TRUST RUS</t>
+    <t>وورلد حلال ترست روس</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=A92A127C-F4A3-4427-B055-1C76087440B5</t>
   </si>
   <si>
     <t>MALY TATARSKY LANE 5, OFFICE 8A</t>
   </si>
   <si>
     <t>+7 926 297 4541</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2325143&amp;download=true</t>
   </si>
   <si>
-    <t>FAMBRAS HALAL CERTIFICAÇÃO LTDA</t>
+    <t>فامبراس حلال لاصدار الشهادات</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=123C0470-6781-43C9-BD5C-CCF66B20427E</t>
   </si>
   <si>
     <t>CALLE, AVDA. SANTISIMA TRINIDAD CASI DR. CAMACHO DURE Numero#1596 //CASA</t>
   </si>
   <si>
     <t>00595992962702</t>
   </si>
   <si>
-    <t>PARAGUAY</t>
+    <t>باراغواي</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2299199&amp;download=true</t>
   </si>
   <si>
-    <t>FAMBRAS HALAL CERTIFICAÇAO LTDA</t>
+    <t xml:space="preserve">فامبراس حلال لاصدار الشهادات </t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=193BDBEF-ACBA-4AC6-83A7-028A3500F0A5</t>
   </si>
   <si>
     <t xml:space="preserve">NIT: 901125872‐1 – CRA 15 No.104‐10 Barrio Molinos Del Norte | ZIP 
 CODE 110111 – Bogotá , D.C , Colombia 
 </t>
   </si>
   <si>
     <t>+57 3044366805</t>
   </si>
   <si>
-    <t>COLOMBIA</t>
+    <t>كولومبيا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2325145&amp;download=true</t>
   </si>
   <si>
     <t>HALALCO</t>
   </si>
   <si>
-    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=A19D0B3E-C260-4B52-89BA-7ACA51C47FD8</t>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=93C9245C-47CB-47DE-B9D1-8E1652188613</t>
   </si>
   <si>
     <t xml:space="preserve">1360 PEACHTREE STREET NE, SUITE 930
 ATLANTA, GEORGIA 30309
 USA</t>
   </si>
   <si>
     <t>mtaha@halalco.us</t>
   </si>
   <si>
     <t>+14049417017</t>
   </si>
   <si>
-    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2490160&amp;download=true</t>
-[...2 lines deleted...]
-    <t>Palestinian Accreditation Company S.M.Q.I LLC</t>
+    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3473270&amp;download=true</t>
+  </si>
+  <si>
+    <t>شركة الاعتماد الفلسطينية للمعايير و المقاييس وفحص الجودة</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=87E5D496-A995-469E-A3F7-3A6C64B5F1CB</t>
   </si>
   <si>
     <t xml:space="preserve">Palestine - Ramallah </t>
   </si>
   <si>
     <t>info@halal-ps.com</t>
   </si>
   <si>
     <t>00970568886688</t>
   </si>
   <si>
-    <t xml:space="preserve">Palestinian territories </t>
+    <t>دولة فلسطين</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=754188&amp;download=true</t>
   </si>
   <si>
     <t xml:space="preserve">IIDC Austria Islamic Information Documentation and Certification GmbH </t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=B26FCF6E-DF7A-47CF-9E27-F74EA45C2D13</t>
   </si>
   <si>
     <t>A-4050 Traun, Johann-Roithner-Str. 131</t>
   </si>
   <si>
     <t>katharina.reh@iidc.at</t>
   </si>
   <si>
     <t>004369988465804</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=845556&amp;download=true</t>
   </si>
   <si>
     <t>IIDC Germany Islamic Information Documentation and Certification GmbH</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=35C3A9B4-4C6A-464A-AF18-661F7C588035</t>
   </si>
   <si>
     <t>D-94315 Straubing, Enggasse 20</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=845557&amp;download=true</t>
   </si>
   <si>
-    <t>IIDC Hungary Islamic Information Documentation and Certification GmbH</t>
+    <t xml:space="preserve">توثيق وشهادة المعلومات الإسلامية  هنغارية</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=49CB6F96-4CC5-4830-9A17-11E6690EE4F0</t>
   </si>
   <si>
     <t>H-1135 Budapest, Róbert Károly krt. 96-100</t>
   </si>
   <si>
     <t>0036308506936</t>
   </si>
   <si>
     <t>URUGUAY ISLAMIC CENTER</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=80DE7790-E998-4FB5-91D5-FE1EFBE03372</t>
   </si>
   <si>
     <t>soriano 1364</t>
   </si>
   <si>
     <t>manager@halaluruguay.uy</t>
   </si>
   <si>
     <t>+971112334445</t>
   </si>
   <si>
-    <t>URUGUAY</t>
+    <t>أوروغواي</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3069609&amp;download=true</t>
   </si>
   <si>
-    <t xml:space="preserve">HALAL CENTER QUALITY CERTIFICATION </t>
+    <t>شهادة جودة مركز الحلال</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=410A17C8-6301-4EF4-99E7-446CB8214C15</t>
   </si>
   <si>
     <t>Office No P1-050, Al Gurg Tower-3, Riggat Al Buteen, Deira, Dubai, UAE</t>
   </si>
   <si>
     <t>0097143240075</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2161676&amp;download=true</t>
   </si>
   <si>
-    <t>JORDANIAN GULF FOR TESTING</t>
+    <t>الخليجية الاردنية للاختبارات</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=BCFED74F-AB77-48A4-B109-416F4DA6EB65</t>
   </si>
   <si>
     <t xml:space="preserve">B.88, 3rd Floor, Alber Trading Complex, Youssef Ben Tashfeenn Street, Al-Shmiesani, Amman, Jordan. </t>
   </si>
   <si>
     <t>00962791067827</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2295334&amp;download=true</t>
   </si>
   <si>
-    <t>Namibia Islamic Halaal Association</t>
+    <t>الناميبية الاسلامية الحلال جمعية</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=886D4CE3-9B87-4D6F-AC22-C9D8D753F610</t>
   </si>
   <si>
     <t xml:space="preserve">6566 Centaurus Road | Maerua | Khomas Region | Windhoek </t>
   </si>
   <si>
     <t>ceo@niha.org.na</t>
   </si>
   <si>
     <t>+264812007786</t>
   </si>
   <si>
-    <t>NAMIBIA</t>
+    <t>ناميبيا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2362099&amp;download=true</t>
   </si>
   <si>
-    <t>Halal Certification Center of Chile</t>
+    <t>مركز شهادات الحلال في تشيلي</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=BD8FC3E5-8E46-448B-A7CF-1D1DD1F6A255</t>
   </si>
   <si>
     <t>Santiago Office: Marchant Pereira 201 Office 701 Providencia - Santiago de CHILE</t>
   </si>
   <si>
     <t>gerencia@chilehalal.com</t>
   </si>
   <si>
     <t>00222255547</t>
   </si>
   <si>
-    <t>CHILE</t>
+    <t>شيلي</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2475629&amp;download=true</t>
   </si>
   <si>
     <t>Rusquality</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=3D9B2B1B-6AAA-4072-B297-522641BE7A0A</t>
   </si>
   <si>
     <t>Russian Federation, Moscow, Ordzhonikidze 12</t>
   </si>
   <si>
     <t>stas9393@mail.ru</t>
   </si>
   <si>
     <t>0074957774312</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2572517&amp;download=true</t>
   </si>
   <si>
+    <t>Horn of Africa Livestock Improvement and Conformity Services (HALICS)</t>
+  </si>
+  <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=AD6ED6F4-89AB-4922-8CFA-4D2A409782F2</t>
   </si>
   <si>
     <t xml:space="preserve">1st Floor, Lourdel Towers, Lourdel Road, Kampala Uganda </t>
   </si>
   <si>
     <t>+256754220689</t>
   </si>
   <si>
-    <t>UGANDA</t>
+    <t>أوغندا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2711111&amp;download=true</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=5B5D7E28-9690-4AEE-A3D5-6368DDC58C1A</t>
   </si>
   <si>
     <t>Region Dar Es Salaam, District llala CBD, Ward Kariakoo, Street Majimaji Road Temeke</t>
   </si>
   <si>
     <t>+255717113947</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2711112&amp;download=true</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=265AA037-D390-4DB1-A800-DF690BEDEC77</t>
   </si>
   <si>
     <t>A1 GROUND FLOOR, AFLAH APARTMENT, MUINAMI STREET, EASTLEIGH, NAIROBI KENYA</t>
   </si>
   <si>
     <t>+254722131385</t>
   </si>
@@ -2231,240 +2237,375 @@
   <si>
     <t>International Halal Certification Center</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=364A7274-BC34-468F-9875-09F9E87007F8</t>
   </si>
   <si>
     <t xml:space="preserve">RYAZAN AVENUE 22  BUILDING 2 OFFICE 721, 109428, MOSCOW, RUSSIAN FEDERATION</t>
   </si>
   <si>
     <t>office@halal-certification.ru</t>
   </si>
   <si>
     <t>0079261800202</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2894096&amp;download=true</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=8C26D42B-C67D-400A-ADDD-47BC704FF480</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3051701&amp;download=true</t>
   </si>
   <si>
-    <t>Department of Halal Certification Europe</t>
+    <t>الادارة المصدقة للحلال فى اوروبا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=60D95CA0-34F6-4D9E-A5E5-E0D373348861</t>
   </si>
   <si>
     <t xml:space="preserve">8 Coolmine Industrial Estate
 Dublin 15, 
 IRELAND</t>
   </si>
   <si>
     <t>info@halalcertification.ie</t>
   </si>
   <si>
     <t>+35315156206</t>
   </si>
   <si>
-    <t>IRELAND</t>
+    <t>أيرلندا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3051704&amp;download=true</t>
   </si>
   <si>
-    <t>Shaanxi Shang Pin Yuan Halal Food &amp; Restaurant Management Co.,Ltd (SSPY)</t>
+    <t>شركة الإدارة المحدودة للأطعمة الحلال شانغ بينغ يان شنشى</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=1EBD7E4A-D192-4C9D-8293-418FA27D239E</t>
   </si>
   <si>
     <t>No.15, Xi Hua Men Street, Lian Hu District, Xi’an, Shaanxi Province, China</t>
   </si>
   <si>
     <t>tiejiabao@foxmail.com</t>
   </si>
   <si>
     <t>0086 029 88638790</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3069599&amp;download=true</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=FD07EB5D-1158-46DE-92FE-805B5C5FCB66</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3088601&amp;download=true</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=920D3B5E-145E-4A7C-9D22-B701C589B6A3</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3117788&amp;download=true</t>
   </si>
   <si>
-    <t>Pioneers of Quality Systems &amp; Certifications Dubai Branch</t>
+    <t>شركة الرواد لنظم الجودة والشهادات فرع دبي</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=2F68506B-0E92-4476-B7D9-5B9573525EB7</t>
   </si>
   <si>
     <t>UAE - Dubai - ALghanim Bulding, Office No. 505-4 - Parcel ID 124-226, ALMurqabat Plot No.3780-0</t>
   </si>
   <si>
     <t>info@pqscert-eg.com</t>
   </si>
   <si>
     <t>00971583080429</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3129291&amp;download=true</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=7AC1FEC0-414B-4480-B1FA-4F3C9BA0ADB3</t>
   </si>
   <si>
     <t>halal@nzidt.co.nz</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3155389&amp;download=true</t>
   </si>
   <si>
-    <t>IS EG HALAL LATIN AMERICA</t>
+    <t xml:space="preserve">أي إٍس  إي جي حلال أمريكا اللاتينية</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=4FE4BAC1-8B90-402F-A19E-3B624799D739</t>
   </si>
   <si>
     <t xml:space="preserve"> Praça Gen. Gentil Falcão, 108 - Cidade Monções, São Paulo - SP, 04571-150, Brazil</t>
   </si>
   <si>
     <t>nasser_zeidan@hotmail.com</t>
   </si>
   <si>
     <t>+551128722876</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3225454&amp;download=true</t>
   </si>
   <si>
-    <t>IS EG Halal Latin America SA</t>
+    <t>آي إس إي جي حلال أمريكا اللاتينية إس إيه</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=D2F3A295-9F35-4306-8BED-858B0FB718D6</t>
   </si>
   <si>
     <t xml:space="preserve">World Trade Center II, Ofc. 1111 - Montevideo, Uruguay
 </t>
   </si>
   <si>
     <t>0059826233720</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3225456&amp;download=true</t>
   </si>
   <si>
-    <t>Halal Science and certification center</t>
+    <t>مركز علوم الحلال وإصدار الشهادات الحلال</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=9B025631-A0F1-4DD9-9BC8-CB9C4D419D33</t>
   </si>
   <si>
     <t xml:space="preserve"> Building “SLIM”, 2nd floor, Euro Street, Tunis 1053</t>
   </si>
   <si>
     <t>00021671734580</t>
   </si>
   <si>
-    <t>TUNISIA</t>
+    <t>تونس</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3225460&amp;download=true</t>
   </si>
   <si>
-    <t>THE HALAL APPROVAL GLOBAL FOR QUALITY AND STANDARDIZATION CERTIFICATES LLC</t>
+    <t>ذا حلال ابروفال جلوبال لإصدار شهادات الجودة والتقييم ذ.م.م</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=03CB1E21-DADE-40E6-B8C7-A7599FE0AA45</t>
   </si>
   <si>
     <t>Office No. 502, CI Tower, Corniche Road, Sector W10, Al Bateen, Abu Dhabi - UAE</t>
   </si>
   <si>
     <t>ma4x14@gmail.com</t>
   </si>
   <si>
     <t>+97126737362</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3229499&amp;download=true</t>
   </si>
   <si>
-    <t>Halal Quality Control Ireland</t>
+    <t>مكتب مراقبة جودة الحلال</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=202EC4CB-0412-40FF-B115-5A5BBE5F349F</t>
   </si>
   <si>
     <t>Address: The Black Church,St. Mary’s Place, Dublin 7,D07 P4AX, Ireland</t>
   </si>
   <si>
     <t>00971554632409</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3315437&amp;download=true</t>
   </si>
   <si>
-    <t>The Halal Approval South America SA</t>
-[...1 lines deleted...]
-  <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=DB55FC44-6BC7-4FD1-9ED6-5CEDE5D36413</t>
   </si>
   <si>
     <t>Aviadores del Chaco n°2050, oficina Asunción. Paraguay</t>
   </si>
   <si>
     <t>+541152224776</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3321852&amp;download=true</t>
   </si>
   <si>
-    <t>THE HALAL APPROVAL SOUTH AMERICA S.A.</t>
-[...1 lines deleted...]
-  <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=AC3A7166-A85E-419A-9376-5D6902135D52</t>
   </si>
   <si>
     <t>Rincón 602 , oficina 601 .Montevideo- Uruguay</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3321853&amp;download=true</t>
+  </si>
+  <si>
+    <t>المشيخة الإسلامية في جمهورية سلوفنيا</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=26B445E4-2800-400D-9B7B-29F9608A9E86</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DŽAMIJSKA ULICA 10
+1000 LJUBLJANA
+SLOVENIA
+EUROPE</t>
+  </si>
+  <si>
+    <t>fahrudin.smajic@islamska-skupnost.si</t>
+  </si>
+  <si>
+    <t>0038612313625</t>
+  </si>
+  <si>
+    <t>سلوفينيا</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3365029&amp;download=true</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ذي حلال ابروفل ساوث أمريكا </t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=ED8D3745-64EA-4A06-82ED-007D56D6D45A</t>
+  </si>
+  <si>
+    <t>Carrera 21 No. 135-53, Casa 12, Bogota</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3385974&amp;download=true</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=2C43558E-9050-4FFE-BB97-CDC6B3FA5DB8</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3385975&amp;download=true</t>
+  </si>
+  <si>
+    <t>Muslim Consumer Council of Canada</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=B1A3D05E-B318-41F1-A61E-4277933298CF</t>
+  </si>
+  <si>
+    <t>8798 Delvista drive Delta BC, V4C4A5, Canada</t>
+  </si>
+  <si>
+    <t>dr.sabir.ca@gmail.com</t>
+  </si>
+  <si>
+    <t>0016045836007</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3385978&amp;download=true</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=8202D3FD-1821-435C-8E34-9460DACFC83B</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3409503&amp;download=true</t>
+  </si>
+  <si>
+    <t>جهة إصدارشهادات الحلال في شاندونغ</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=55B935EC-5706-4D86-967E-A0229931DB7D</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Room 410, No. 96, Jingqi Road, Downtown, Jinan, Shandong Province, P.R China </t>
+  </si>
+  <si>
+    <t>008653181767296</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3410355&amp;download=true</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=1CB7CEFA-22AA-4984-B3BA-D5B21A892A73</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3448308&amp;download=true</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=F92F0152-7CB1-4F44-BABB-2561607362AB</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3473271&amp;download=true</t>
+  </si>
+  <si>
+    <t>American Halal Foundation</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=CBF621C8-16FE-4636-9EB9-3693480B8C8D</t>
+  </si>
+  <si>
+    <t>10347 Cross Creek Blvd Suite C, Tampa, FL 33647, United States</t>
+  </si>
+  <si>
+    <t>azmi@halalfoundation.org</t>
+  </si>
+  <si>
+    <t>0016307594981</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3473272&amp;download=true</t>
+  </si>
+  <si>
+    <t>ذا حلال ابروفال ذ.م.م</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=4F734C24-E20D-4DF9-9841-1CC3C1F46514</t>
+  </si>
+  <si>
+    <t>5625 Cypress Creek Parkway, Suite 210, Houston, Texas 77069, USA</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3488095&amp;download=true</t>
+  </si>
+  <si>
+    <t>مكتب مراقبة جودة الحلال في بولندا</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=6267CE6E-4A18-4FFD-AB40-40629EBBDEBE</t>
+  </si>
+  <si>
+    <t>ZURAWIA 32 / 34, 00-515 WARSZAWA</t>
+  </si>
+  <si>
+    <t>said.abdmezien@gmail.com</t>
+  </si>
+  <si>
+    <t>0048531996682</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3488096&amp;download=true</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFFFFFF" tint="0"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
@@ -2499,67 +2640,67 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="2" applyFill="1" xfId="0"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" borderId="1" applyBorder="1" xfId="0">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:L134"/>
+  <dimension ref="A1:L145"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="1"/>
-    <col min="2" max="2" width="146.093551635742" customWidth="1"/>
+    <col min="2" max="2" width="66.3077774047852" customWidth="1"/>
     <col min="3" max="3" width="12.8945598602295" customWidth="1"/>
     <col min="4" max="4" width="12.8945598602295" customWidth="1"/>
     <col min="5" max="5" width="101.799942016602" customWidth="1"/>
     <col min="6" max="6" width="147.036163330078" customWidth="1"/>
     <col min="7" max="7" width="40.6196250915527" customWidth="1"/>
     <col min="8" max="8" width="18.7935543060303" customWidth="1"/>
-    <col min="9" max="9" width="20.2995052337646" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="11" max="11" width="44.6525497436523" customWidth="1"/>
+    <col min="9" max="9" width="18.3365879058838" customWidth="1"/>
+    <col min="10" max="10" width="9.140625" customWidth="1"/>
+    <col min="11" max="11" width="25.530782699585" customWidth="1"/>
     <col min="12" max="12" width="129.108627319336" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
@@ -4012,136 +4153,136 @@
       </c>
       <c r="I39" s="2" t="s">
         <v>114</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>79</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>107</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>39</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>268</v>
       </c>
       <c r="C40" s="2">
         <v>44714.5131944444</v>
       </c>
       <c r="D40" s="2">
-        <v>45809.5131944444</v>
+        <v>46174.5131944444</v>
       </c>
       <c r="E40" s="2" t="s">
         <v>269</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>270</v>
       </c>
       <c r="G40" s="2" t="s">
-        <v>240</v>
+        <v>271</v>
       </c>
       <c r="H40" s="2" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="I40" s="2" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="J40" s="2" t="s">
-        <v>79</v>
+        <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>107</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>40</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C41" s="2">
         <v>42886.3333333333</v>
       </c>
       <c r="D41" s="2">
         <v>46172.3333333333</v>
       </c>
       <c r="E41" s="2" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="G41" s="2" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="H41" s="2" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="I41" s="2" t="s">
         <v>229</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L41" s="2" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>41</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C42" s="2">
         <v>44722.5347222222</v>
       </c>
       <c r="D42" s="2">
         <v>46182.5347222222</v>
       </c>
       <c r="E42" s="2" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="G42" s="2" t="s">
-        <v>283</v>
+        <v>271</v>
       </c>
       <c r="H42" s="2" t="s">
         <v>284</v>
       </c>
       <c r="I42" s="2" t="s">
         <v>216</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>107</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>42</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>286</v>
       </c>
       <c r="C43" s="2">
@@ -4302,51 +4443,51 @@
       <c r="D47" s="2">
         <v>46195.6305555556</v>
       </c>
       <c r="E47" s="2" t="s">
         <v>313</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>314</v>
       </c>
       <c r="G47" s="2" t="s">
         <v>315</v>
       </c>
       <c r="H47" s="2" t="s">
         <v>316</v>
       </c>
       <c r="I47" s="2" t="s">
         <v>317</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>47</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>318</v>
       </c>
       <c r="C48" s="2">
         <v>44746.53125</v>
       </c>
       <c r="D48" s="2">
         <v>46206.53125</v>
       </c>
       <c r="E48" s="2" t="s">
         <v>319</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>320</v>
       </c>
       <c r="G48" s="2" t="s">
         <v>321</v>
       </c>
       <c r="H48" s="2" t="s">
@@ -4597,74 +4738,74 @@
       <c r="A55" s="2">
         <v>54</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>358</v>
       </c>
       <c r="C55" s="2">
         <v>44543.0368055556</v>
       </c>
       <c r="D55" s="2">
         <v>45637.3333333333</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>359</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>360</v>
       </c>
       <c r="G55" s="2" t="s">
         <v>361</v>
       </c>
       <c r="H55" s="2" t="s">
         <v>362</v>
       </c>
       <c r="I55" s="2" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>79</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>107</v>
       </c>
       <c r="L55" s="2" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>55</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>363</v>
       </c>
       <c r="C56" s="2">
         <v>44164.3333333333</v>
       </c>
       <c r="D56" s="2">
-        <v>45989.3333333333</v>
+        <v>46354.3333333333</v>
       </c>
       <c r="E56" s="2" t="s">
         <v>364</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>365</v>
       </c>
       <c r="G56" s="2" t="s">
         <v>366</v>
       </c>
       <c r="H56" s="2" t="s">
         <v>367</v>
       </c>
       <c r="I56" s="2" t="s">
         <v>52</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>368</v>
       </c>
@@ -4962,51 +5103,51 @@
       </c>
       <c r="I64" s="2" t="s">
         <v>202</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>79</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>107</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>418</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="2">
         <v>64</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>419</v>
       </c>
       <c r="C65" s="2">
         <v>44517.3333333333</v>
       </c>
       <c r="D65" s="2">
-        <v>45977.3333333333</v>
+        <v>46342.3333333333</v>
       </c>
       <c r="E65" s="2" t="s">
         <v>420</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>421</v>
       </c>
       <c r="G65" s="2" t="s">
         <v>422</v>
       </c>
       <c r="H65" s="2" t="s">
         <v>423</v>
       </c>
       <c r="I65" s="2" t="s">
         <v>424</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>425</v>
       </c>
@@ -5146,285 +5287,285 @@
       </c>
       <c r="G69" s="2" t="s">
         <v>447</v>
       </c>
       <c r="H69" s="2" t="s">
         <v>448</v>
       </c>
       <c r="I69" s="2" t="s">
         <v>52</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>79</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="2">
         <v>69</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>450</v>
+        <v>34</v>
       </c>
       <c r="C70" s="2">
         <v>44874.4034722222</v>
       </c>
       <c r="D70" s="2">
         <v>45969.4034722222</v>
       </c>
       <c r="E70" s="2" t="s">
+        <v>450</v>
+      </c>
+      <c r="F70" s="2" t="s">
         <v>451</v>
-      </c>
-[...1 lines deleted...]
-        <v>452</v>
       </c>
       <c r="G70" s="2" t="s">
         <v>37</v>
       </c>
       <c r="H70" s="2" t="s">
+        <v>452</v>
+      </c>
+      <c r="I70" s="2" t="s">
         <v>453</v>
       </c>
-      <c r="I70" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J70" s="2" t="s">
-        <v>18</v>
+        <v>79</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L70" s="2" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="2">
         <v>70</v>
       </c>
       <c r="B71" s="2" t="s">
-        <v>450</v>
+        <v>34</v>
       </c>
       <c r="C71" s="2">
         <v>44874.4041666667</v>
       </c>
       <c r="D71" s="2">
         <v>45969.4041666667</v>
       </c>
       <c r="E71" s="2" t="s">
+        <v>455</v>
+      </c>
+      <c r="F71" s="2" t="s">
         <v>456</v>
-      </c>
-[...1 lines deleted...]
-        <v>457</v>
       </c>
       <c r="G71" s="2" t="s">
         <v>37</v>
       </c>
       <c r="H71" s="2" t="s">
+        <v>457</v>
+      </c>
+      <c r="I71" s="2" t="s">
         <v>458</v>
       </c>
-      <c r="I71" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J71" s="2" t="s">
-        <v>18</v>
+        <v>79</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L71" s="2" t="s">
-        <v>460</v>
+        <v>459</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="2">
         <v>71</v>
       </c>
       <c r="B72" s="2" t="s">
-        <v>450</v>
+        <v>34</v>
       </c>
       <c r="C72" s="2">
         <v>44874.4041666667</v>
       </c>
       <c r="D72" s="2">
         <v>45604.4041666667</v>
       </c>
       <c r="E72" s="2" t="s">
+        <v>460</v>
+      </c>
+      <c r="F72" s="2" t="s">
         <v>461</v>
-      </c>
-[...1 lines deleted...]
-        <v>462</v>
       </c>
       <c r="G72" s="2" t="s">
         <v>37</v>
       </c>
       <c r="H72" s="2" t="s">
-        <v>463</v>
+        <v>462</v>
       </c>
       <c r="I72" s="2" t="s">
         <v>52</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>79</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L72" s="2" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="2">
         <v>72</v>
       </c>
       <c r="B73" s="2" t="s">
-        <v>450</v>
+        <v>463</v>
       </c>
       <c r="C73" s="2">
         <v>44874.4041666667</v>
       </c>
       <c r="D73" s="2">
         <v>45969.4041666667</v>
       </c>
       <c r="E73" s="2" t="s">
         <v>464</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>465</v>
       </c>
       <c r="G73" s="2" t="s">
         <v>37</v>
       </c>
       <c r="H73" s="2" t="s">
         <v>38</v>
       </c>
       <c r="I73" s="2" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="J73" s="2" t="s">
-        <v>18</v>
+        <v>79</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>466</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="2">
         <v>73</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>467</v>
       </c>
       <c r="C74" s="2">
         <v>44876.3506944444</v>
       </c>
       <c r="D74" s="2">
         <v>45971.3506944444</v>
       </c>
       <c r="E74" s="2" t="s">
         <v>468</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>469</v>
       </c>
       <c r="G74" s="2" t="s">
         <v>470</v>
       </c>
       <c r="H74" s="2" t="s">
         <v>471</v>
       </c>
       <c r="I74" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J74" s="2" t="s">
-        <v>18</v>
+        <v>79</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>472</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="2">
         <v>74</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>473</v>
       </c>
       <c r="C75" s="2">
         <v>44876.3506944444</v>
       </c>
       <c r="D75" s="2">
         <v>45971.3506944444</v>
       </c>
       <c r="E75" s="2" t="s">
         <v>474</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>475</v>
       </c>
       <c r="G75" s="2" t="s">
         <v>470</v>
       </c>
       <c r="H75" s="2" t="s">
         <v>476</v>
       </c>
       <c r="I75" s="2" t="s">
         <v>64</v>
       </c>
       <c r="J75" s="2" t="s">
-        <v>18</v>
+        <v>79</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="2">
         <v>75</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>478</v>
       </c>
       <c r="C76" s="2">
         <v>44876.3513888889</v>
       </c>
       <c r="D76" s="2">
-        <v>45971.3513888889</v>
+        <v>46336.3513888889</v>
       </c>
       <c r="E76" s="2" t="s">
         <v>479</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>480</v>
       </c>
       <c r="G76" s="2" t="s">
         <v>481</v>
       </c>
       <c r="H76" s="2" t="s">
         <v>482</v>
       </c>
       <c r="I76" s="2" t="s">
         <v>71</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>483</v>
       </c>
@@ -5433,51 +5574,51 @@
       <c r="A77" s="2">
         <v>76</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>484</v>
       </c>
       <c r="C77" s="2">
         <v>44901.3659722222</v>
       </c>
       <c r="D77" s="2">
         <v>45996.3659722222</v>
       </c>
       <c r="E77" s="2" t="s">
         <v>485</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>486</v>
       </c>
       <c r="G77" s="2" t="s">
         <v>487</v>
       </c>
       <c r="H77" s="2" t="s">
         <v>488</v>
       </c>
       <c r="I77" s="2" t="s">
-        <v>459</v>
+        <v>458</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>168</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>489</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="2">
         <v>77</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>490</v>
       </c>
       <c r="C78" s="2">
         <v>44910.5041666667</v>
       </c>
       <c r="D78" s="2">
         <v>46005.5041666667</v>
       </c>
       <c r="E78" s="2" t="s">
@@ -5813,51 +5954,51 @@
       <c r="A87" s="2">
         <v>86</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>545</v>
       </c>
       <c r="C87" s="2">
         <v>45051.3354166667</v>
       </c>
       <c r="D87" s="2">
         <v>45781.3354166667</v>
       </c>
       <c r="E87" s="2" t="s">
         <v>546</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>547</v>
       </c>
       <c r="G87" s="2" t="s">
         <v>548</v>
       </c>
       <c r="H87" s="2" t="s">
         <v>549</v>
       </c>
       <c r="I87" s="2" t="s">
-        <v>454</v>
+        <v>453</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>79</v>
       </c>
       <c r="K87" s="2" t="s">
         <v>107</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>550</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="2">
         <v>87</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>551</v>
       </c>
       <c r="C88" s="2">
         <v>45070.3423611111</v>
       </c>
       <c r="D88" s="2">
         <v>46165.3423611111</v>
       </c>
       <c r="E88" s="2" t="s">
@@ -5924,51 +6065,51 @@
       </c>
     </row>
     <row r="90">
       <c r="A90" s="2">
         <v>89</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>562</v>
       </c>
       <c r="C90" s="2">
         <v>45100.4847222222</v>
       </c>
       <c r="D90" s="2">
         <v>45830.4847222222</v>
       </c>
       <c r="E90" s="2" t="s">
         <v>563</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>564</v>
       </c>
       <c r="G90" s="2" t="s">
         <v>240</v>
       </c>
       <c r="H90" s="2" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="I90" s="2" t="s">
         <v>565</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>79</v>
       </c>
       <c r="K90" s="2" t="s">
         <v>107</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>566</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="2">
         <v>90</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>567</v>
       </c>
       <c r="C91" s="2">
         <v>45160.3041666667</v>
       </c>
       <c r="D91" s="2">
@@ -6058,1582 +6199,2000 @@
       </c>
       <c r="G93" s="2" t="s">
         <v>582</v>
       </c>
       <c r="H93" s="2" t="s">
         <v>583</v>
       </c>
       <c r="I93" s="2" t="s">
         <v>424</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>79</v>
       </c>
       <c r="K93" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L93" s="2" t="s">
         <v>584</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="2">
         <v>93</v>
       </c>
       <c r="B94" s="2" t="s">
-        <v>579</v>
+        <v>585</v>
       </c>
       <c r="C94" s="2">
         <v>45195.4305555556</v>
       </c>
       <c r="D94" s="2">
         <v>46290.4305555556</v>
       </c>
       <c r="E94" s="2" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="G94" s="2" t="s">
         <v>582</v>
       </c>
       <c r="H94" s="2" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="I94" s="2" t="s">
         <v>255</v>
       </c>
       <c r="J94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K94" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L94" s="2" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="2">
         <v>94</v>
       </c>
       <c r="B95" s="2" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="C95" s="2">
         <v>45195.4319444444</v>
       </c>
       <c r="D95" s="2">
         <v>46290.4319444444</v>
       </c>
       <c r="E95" s="2" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="G95" s="2" t="s">
         <v>582</v>
       </c>
       <c r="H95" s="2" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="I95" s="2" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="J95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K95" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L95" s="2" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="2">
         <v>95</v>
       </c>
       <c r="B96" s="2" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="C96" s="2">
         <v>45195.4326388889</v>
       </c>
       <c r="D96" s="2">
         <v>45925.4326388889</v>
       </c>
       <c r="E96" s="2" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="G96" s="2" t="s">
         <v>582</v>
       </c>
       <c r="H96" s="2" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="I96" s="2" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="J96" s="2" t="s">
         <v>79</v>
       </c>
       <c r="K96" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L96" s="2" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="2">
         <v>96</v>
       </c>
       <c r="B97" s="2" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="C97" s="2">
         <v>45203.4722222222</v>
       </c>
       <c r="D97" s="2">
         <v>45933.4722222222</v>
       </c>
       <c r="E97" s="2" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="G97" s="2" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="H97" s="2" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="I97" s="2" t="s">
         <v>514</v>
       </c>
       <c r="J97" s="2" t="s">
         <v>79</v>
       </c>
       <c r="K97" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L97" s="2" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="2">
         <v>97</v>
       </c>
       <c r="B98" s="2" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="C98" s="2">
         <v>45215.69375</v>
       </c>
       <c r="D98" s="2">
         <v>45945.69375</v>
       </c>
       <c r="E98" s="2" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="G98" s="2" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="H98" s="2" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="I98" s="2" t="s">
         <v>424</v>
       </c>
       <c r="J98" s="2" t="s">
         <v>136</v>
       </c>
       <c r="K98" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L98" s="2" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="2">
         <v>98</v>
       </c>
       <c r="B99" s="2" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="C99" s="2">
         <v>45217.425</v>
       </c>
       <c r="D99" s="2">
         <v>45947.425</v>
       </c>
       <c r="E99" s="2" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="G99" s="2" t="s">
         <v>37</v>
       </c>
       <c r="H99" s="2" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="I99" s="2" t="s">
         <v>424</v>
       </c>
       <c r="J99" s="2" t="s">
-        <v>18</v>
+        <v>79</v>
       </c>
       <c r="K99" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L99" s="2" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="2">
         <v>99</v>
       </c>
       <c r="B100" s="2" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="C100" s="2">
         <v>45236.4916666667</v>
       </c>
       <c r="D100" s="2">
         <v>45966.4916666667</v>
       </c>
       <c r="E100" s="2" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="G100" s="2" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="H100" s="2" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="I100" s="2" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="J100" s="2" t="s">
-        <v>18</v>
+        <v>79</v>
       </c>
       <c r="K100" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L100" s="2" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="2">
         <v>100</v>
       </c>
       <c r="B101" s="2" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="C101" s="2">
         <v>45236.4923611111</v>
       </c>
       <c r="D101" s="2">
         <v>45966.4923611111</v>
       </c>
       <c r="E101" s="2" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="G101" s="2" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="H101" s="2" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="I101" s="2" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="J101" s="2" t="s">
-        <v>18</v>
+        <v>79</v>
       </c>
       <c r="K101" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L101" s="2" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="2">
         <v>101</v>
       </c>
       <c r="B102" s="2" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="C102" s="2">
         <v>45267.3381944444</v>
       </c>
       <c r="D102" s="2">
-        <v>45997.3381944444</v>
+        <v>46362.3381944444</v>
       </c>
       <c r="E102" s="2" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="G102" s="2" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="H102" s="2" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="I102" s="2" t="s">
         <v>508</v>
       </c>
       <c r="J102" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K102" s="2" t="s">
         <v>107</v>
       </c>
       <c r="L102" s="2" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="2">
         <v>102</v>
       </c>
       <c r="B103" s="2" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="C103" s="2">
         <v>45273.3923611111</v>
       </c>
       <c r="D103" s="2">
         <v>45638.3923611111</v>
       </c>
       <c r="E103" s="2" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="G103" s="2" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="H103" s="2" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="I103" s="2" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="J103" s="2" t="s">
         <v>79</v>
       </c>
       <c r="K103" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L103" s="2" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="2">
         <v>103</v>
       </c>
       <c r="B104" s="2" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="C104" s="2">
         <v>45331.4277777778</v>
       </c>
       <c r="D104" s="2">
         <v>46061.4277777778</v>
       </c>
       <c r="E104" s="2" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="G104" s="2" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="H104" s="2" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="I104" s="2" t="s">
         <v>501</v>
       </c>
       <c r="J104" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K104" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L104" s="2" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="2">
         <v>104</v>
       </c>
       <c r="B105" s="2" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="C105" s="2">
         <v>45331.4277777778</v>
       </c>
       <c r="D105" s="2">
         <v>46061.4277777778</v>
       </c>
       <c r="E105" s="2" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="G105" s="2" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="H105" s="2" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="I105" s="2" t="s">
         <v>135</v>
       </c>
       <c r="J105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K105" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L105" s="2" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="2">
         <v>105</v>
       </c>
       <c r="B106" s="2" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="C106" s="2">
         <v>45331.4284722222</v>
       </c>
       <c r="D106" s="2">
         <v>46061.4284722222</v>
       </c>
       <c r="E106" s="2" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="G106" s="2" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="H106" s="2" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="I106" s="2" t="s">
         <v>565</v>
       </c>
       <c r="J106" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K106" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L106" s="2" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="2">
         <v>106</v>
       </c>
       <c r="B107" s="2" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="C107" s="2">
         <v>45464.3354166667</v>
       </c>
       <c r="D107" s="2">
         <v>46193.3354166667</v>
       </c>
       <c r="E107" s="2" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="G107" s="2" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="H107" s="2" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="I107" s="2" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="J107" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K107" s="2" t="s">
         <v>107</v>
       </c>
       <c r="L107" s="2" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="2">
         <v>107</v>
       </c>
       <c r="B108" s="2" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="C108" s="2">
         <v>45503.3701388889</v>
       </c>
       <c r="D108" s="2">
         <v>46232.3701388889</v>
       </c>
       <c r="E108" s="2" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="G108" s="2" t="s">
         <v>582</v>
       </c>
       <c r="H108" s="2" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="I108" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J108" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K108" s="2" t="s">
         <v>107</v>
       </c>
       <c r="L108" s="2" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="2">
         <v>108</v>
       </c>
       <c r="B109" s="2" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="C109" s="2">
         <v>45560.4111111111</v>
       </c>
       <c r="D109" s="2">
         <v>45924.4111111111</v>
       </c>
       <c r="E109" s="2" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="G109" s="2" t="s">
         <v>531</v>
       </c>
       <c r="H109" s="2" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="I109" s="2" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="J109" s="2" t="s">
         <v>79</v>
       </c>
       <c r="K109" s="2" t="s">
         <v>107</v>
       </c>
       <c r="L109" s="2" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="2">
         <v>109</v>
       </c>
       <c r="B110" s="2" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="C110" s="2">
         <v>45587.425</v>
       </c>
       <c r="D110" s="2">
         <v>46316.425</v>
       </c>
       <c r="E110" s="2" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="G110" s="2" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="H110" s="2" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="I110" s="2" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="J110" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K110" s="2" t="s">
         <v>107</v>
       </c>
       <c r="L110" s="2" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="2">
         <v>110</v>
       </c>
       <c r="B111" s="2" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="C111" s="2">
         <v>45632.3673611111</v>
       </c>
       <c r="D111" s="2">
         <v>45996.3673611111</v>
       </c>
       <c r="E111" s="2" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="G111" s="2" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="H111" s="2" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="I111" s="2" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="J111" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K111" s="2" t="s">
         <v>100</v>
       </c>
       <c r="L111" s="2" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="2">
         <v>111</v>
       </c>
       <c r="B112" s="2" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="C112" s="2">
         <v>45673.3284722222</v>
       </c>
       <c r="D112" s="2">
         <v>46037.3284722222</v>
       </c>
       <c r="E112" s="2" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="G112" s="2" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="H112" s="2" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="I112" s="2" t="s">
         <v>424</v>
       </c>
       <c r="J112" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K112" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L112" s="2" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="2">
         <v>112</v>
       </c>
       <c r="B113" s="2" t="s">
-        <v>286</v>
+        <v>695</v>
       </c>
       <c r="C113" s="2">
         <v>45726.3041666667</v>
       </c>
       <c r="D113" s="2">
         <v>46090.3041666667</v>
       </c>
       <c r="E113" s="2" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="G113" s="2" t="s">
         <v>289</v>
       </c>
       <c r="H113" s="2" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="I113" s="2" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="J113" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K113" s="2" t="s">
         <v>107</v>
       </c>
       <c r="L113" s="2" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="2">
         <v>113</v>
       </c>
       <c r="B114" s="2" t="s">
-        <v>286</v>
+        <v>695</v>
       </c>
       <c r="C114" s="2">
         <v>45726.3041666667</v>
       </c>
       <c r="D114" s="2">
         <v>46090.3041666667</v>
       </c>
       <c r="E114" s="2" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="G114" s="2" t="s">
         <v>289</v>
       </c>
       <c r="H114" s="2" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="I114" s="2" t="s">
         <v>412</v>
       </c>
       <c r="J114" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K114" s="2" t="s">
         <v>107</v>
       </c>
       <c r="L114" s="2" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="2">
         <v>114</v>
       </c>
       <c r="B115" s="2" t="s">
-        <v>286</v>
+        <v>695</v>
       </c>
       <c r="C115" s="2">
         <v>45726.3048611111</v>
       </c>
       <c r="D115" s="2">
         <v>46090.3048611111</v>
       </c>
       <c r="E115" s="2" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="G115" s="2" t="s">
         <v>289</v>
       </c>
       <c r="H115" s="2" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="I115" s="2" t="s">
         <v>64</v>
       </c>
       <c r="J115" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K115" s="2" t="s">
         <v>107</v>
       </c>
       <c r="L115" s="2" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="2">
         <v>115</v>
       </c>
       <c r="B116" s="2" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="C116" s="2">
         <v>45754.2861111111</v>
       </c>
       <c r="D116" s="2">
         <v>46118.2861111111</v>
       </c>
       <c r="E116" s="2" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="G116" s="2" t="s">
         <v>105</v>
       </c>
       <c r="H116" s="2" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="I116" s="2" t="s">
         <v>39</v>
       </c>
       <c r="J116" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K116" s="2" t="s">
         <v>107</v>
       </c>
       <c r="L116" s="2" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="2">
         <v>116</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>534</v>
       </c>
       <c r="C117" s="2">
         <v>45757.4020833333</v>
       </c>
       <c r="D117" s="2">
         <v>46121.4020833333</v>
       </c>
       <c r="E117" s="2" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="F117" s="2" t="s">
         <v>536</v>
       </c>
       <c r="G117" s="2" t="s">
         <v>537</v>
       </c>
       <c r="H117" s="2" t="s">
         <v>538</v>
       </c>
       <c r="I117" s="2" t="s">
         <v>317</v>
       </c>
       <c r="J117" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K117" s="2" t="s">
         <v>100</v>
       </c>
       <c r="L117" s="2" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="2">
         <v>117</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>540</v>
       </c>
       <c r="C118" s="2">
         <v>45757.4027777778</v>
       </c>
       <c r="D118" s="2">
         <v>46121.4027777778</v>
       </c>
       <c r="E118" s="2" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="F118" s="2" t="s">
         <v>542</v>
       </c>
       <c r="G118" s="2" t="s">
         <v>537</v>
       </c>
       <c r="H118" s="2" t="s">
         <v>543</v>
       </c>
       <c r="I118" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J118" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K118" s="2" t="s">
         <v>100</v>
       </c>
       <c r="L118" s="2" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="2">
         <v>118</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>381</v>
       </c>
       <c r="C119" s="2">
         <v>45775.2944444444</v>
       </c>
       <c r="D119" s="2">
         <v>46139.2944444444</v>
       </c>
       <c r="E119" s="2" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="F119" s="2" t="s">
         <v>383</v>
       </c>
       <c r="G119" s="2" t="s">
         <v>384</v>
       </c>
       <c r="H119" s="2" t="s">
         <v>385</v>
       </c>
       <c r="I119" s="2" t="s">
         <v>386</v>
       </c>
       <c r="J119" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K119" s="2" t="s">
         <v>107</v>
       </c>
       <c r="L119" s="2" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="2">
         <v>119</v>
       </c>
       <c r="B120" s="2" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="C120" s="2">
         <v>45792.3611111111</v>
       </c>
       <c r="D120" s="2">
         <v>46156.3611111111</v>
       </c>
       <c r="E120" s="2" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="G120" s="2" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="H120" s="2" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="I120" s="2" t="s">
         <v>424</v>
       </c>
       <c r="J120" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K120" s="2" t="s">
         <v>107</v>
       </c>
       <c r="L120" s="2" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="2">
         <v>120</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>116</v>
       </c>
       <c r="C121" s="2">
         <v>45848.49375</v>
       </c>
       <c r="D121" s="2">
         <v>46212.49375</v>
       </c>
       <c r="E121" s="2" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="F121" s="2" t="s">
         <v>118</v>
       </c>
       <c r="G121" s="2" t="s">
         <v>119</v>
       </c>
       <c r="H121" s="2" t="s">
         <v>120</v>
       </c>
       <c r="I121" s="2" t="s">
         <v>121</v>
       </c>
       <c r="J121" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K121" s="2" t="s">
         <v>107</v>
       </c>
       <c r="L121" s="2" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="2">
         <v>121</v>
       </c>
       <c r="B122" s="2" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="C122" s="2">
         <v>45848.4944444444</v>
       </c>
       <c r="D122" s="2">
         <v>46212.4944444444</v>
       </c>
       <c r="E122" s="2" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="G122" s="2" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="H122" s="2" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="I122" s="2" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="J122" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K122" s="2" t="s">
         <v>107</v>
       </c>
       <c r="L122" s="2" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="2">
         <v>122</v>
       </c>
       <c r="B123" s="2" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="C123" s="2">
         <v>45855.5152777778</v>
       </c>
       <c r="D123" s="2">
         <v>46219.5152777778</v>
       </c>
       <c r="E123" s="2" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="G123" s="2" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="H123" s="2" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="I123" s="2" t="s">
         <v>71</v>
       </c>
       <c r="J123" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K123" s="2" t="s">
         <v>100</v>
       </c>
       <c r="L123" s="2" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="2">
         <v>123</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>130</v>
       </c>
       <c r="C124" s="2">
         <v>45863.3298611111</v>
       </c>
       <c r="D124" s="2">
         <v>46227.3298611111</v>
       </c>
       <c r="E124" s="2" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="F124" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G124" s="2" t="s">
         <v>133</v>
       </c>
       <c r="H124" s="2" t="s">
         <v>134</v>
       </c>
       <c r="I124" s="2" t="s">
         <v>135</v>
       </c>
       <c r="J124" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K124" s="2" t="s">
         <v>107</v>
       </c>
       <c r="L124" s="2" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="2">
         <v>124</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>156</v>
       </c>
       <c r="C125" s="2">
         <v>45874.3381944444</v>
       </c>
       <c r="D125" s="2">
         <v>46238.3381944444</v>
       </c>
       <c r="E125" s="2" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="F125" s="2" t="s">
         <v>158</v>
       </c>
       <c r="G125" s="2" t="s">
         <v>159</v>
       </c>
       <c r="H125" s="2" t="s">
         <v>160</v>
       </c>
       <c r="I125" s="2" t="s">
         <v>128</v>
       </c>
       <c r="J125" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K125" s="2" t="s">
         <v>107</v>
       </c>
       <c r="L125" s="2" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="2">
         <v>125</v>
       </c>
       <c r="B126" s="2" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="C126" s="2">
         <v>45876.3534722222</v>
       </c>
       <c r="D126" s="2">
         <v>46240.3534722222</v>
       </c>
       <c r="E126" s="2" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="G126" s="2" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="H126" s="2" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="I126" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J126" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K126" s="2" t="s">
         <v>107</v>
       </c>
       <c r="L126" s="2" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="2">
         <v>126</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>81</v>
       </c>
       <c r="C127" s="2">
         <v>45887.36875</v>
       </c>
       <c r="D127" s="2">
         <v>46251.36875</v>
       </c>
       <c r="E127" s="2" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="F127" s="2" t="s">
         <v>83</v>
       </c>
       <c r="G127" s="2" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="H127" s="2" t="s">
         <v>85</v>
       </c>
       <c r="I127" s="2" t="s">
         <v>86</v>
       </c>
       <c r="J127" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K127" s="2" t="s">
         <v>107</v>
       </c>
       <c r="L127" s="2" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="2">
         <v>127</v>
       </c>
       <c r="B128" s="2" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="C128" s="2">
         <v>45908.3694444444</v>
       </c>
       <c r="D128" s="2">
         <v>46272.3694444444</v>
       </c>
       <c r="E128" s="2" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="G128" s="2" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="H128" s="2" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="I128" s="2" t="s">
         <v>229</v>
       </c>
       <c r="J128" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K128" s="2" t="s">
         <v>100</v>
       </c>
       <c r="L128" s="2" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="2">
         <v>128</v>
       </c>
       <c r="B129" s="2" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="C129" s="2">
         <v>45908.3694444444</v>
       </c>
       <c r="D129" s="2">
         <v>46272.3694444444</v>
       </c>
       <c r="E129" s="2" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="G129" s="2" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="H129" s="2" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="I129" s="2" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="J129" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K129" s="2" t="s">
         <v>100</v>
       </c>
       <c r="L129" s="2" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="2">
         <v>129</v>
       </c>
       <c r="B130" s="2" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="C130" s="2">
         <v>45908.3701388889</v>
       </c>
       <c r="D130" s="2">
         <v>46272.3701388889</v>
       </c>
       <c r="E130" s="2" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="G130" s="2" t="s">
         <v>265</v>
       </c>
       <c r="H130" s="2" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="I130" s="2" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="J130" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K130" s="2" t="s">
         <v>107</v>
       </c>
       <c r="L130" s="2" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="2">
         <v>130</v>
       </c>
       <c r="B131" s="2" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="C131" s="2">
         <v>45909.4777777778</v>
       </c>
       <c r="D131" s="2">
         <v>46273.4777777778</v>
       </c>
       <c r="E131" s="2" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="G131" s="2" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="H131" s="2" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="I131" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J131" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K131" s="2" t="s">
         <v>100</v>
       </c>
       <c r="L131" s="2" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="2">
         <v>131</v>
       </c>
       <c r="B132" s="2" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="C132" s="2">
         <v>45936.5083333333</v>
       </c>
       <c r="D132" s="2">
         <v>46300.5083333333</v>
       </c>
       <c r="E132" s="2" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="G132" s="2" t="s">
         <v>240</v>
       </c>
       <c r="H132" s="2" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="I132" s="2" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="J132" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K132" s="2" t="s">
         <v>100</v>
       </c>
       <c r="L132" s="2" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="2">
         <v>132</v>
       </c>
       <c r="B133" s="2" t="s">
-        <v>780</v>
+        <v>94</v>
       </c>
       <c r="C133" s="2">
         <v>45938.3909722222</v>
       </c>
       <c r="D133" s="2">
         <v>46302.3909722222</v>
       </c>
       <c r="E133" s="2" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="G133" s="2" t="s">
         <v>97</v>
       </c>
       <c r="H133" s="2" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="I133" s="2" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="J133" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K133" s="2" t="s">
         <v>100</v>
       </c>
       <c r="L133" s="2" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="2">
         <v>133</v>
       </c>
       <c r="B134" s="2" t="s">
-        <v>785</v>
+        <v>94</v>
       </c>
       <c r="C134" s="2">
         <v>45938.3916666667</v>
       </c>
       <c r="D134" s="2">
         <v>46302.3916666667</v>
       </c>
       <c r="E134" s="2" t="s">
         <v>786</v>
       </c>
       <c r="F134" s="2" t="s">
         <v>787</v>
       </c>
       <c r="G134" s="2" t="s">
         <v>97</v>
       </c>
       <c r="H134" s="2" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="I134" s="2" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="J134" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K134" s="2" t="s">
         <v>100</v>
       </c>
       <c r="L134" s="2" t="s">
         <v>788</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" s="2">
+        <v>134</v>
+      </c>
+      <c r="B135" s="2" t="s">
+        <v>789</v>
+      </c>
+      <c r="C135" s="2">
+        <v>45950.4375</v>
+      </c>
+      <c r="D135" s="2">
+        <v>46314.4375</v>
+      </c>
+      <c r="E135" s="2" t="s">
+        <v>790</v>
+      </c>
+      <c r="F135" s="2" t="s">
+        <v>791</v>
+      </c>
+      <c r="G135" s="2" t="s">
+        <v>792</v>
+      </c>
+      <c r="H135" s="2" t="s">
+        <v>793</v>
+      </c>
+      <c r="I135" s="2" t="s">
+        <v>794</v>
+      </c>
+      <c r="J135" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K135" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="L135" s="2" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" s="2">
+        <v>135</v>
+      </c>
+      <c r="B136" s="2" t="s">
+        <v>796</v>
+      </c>
+      <c r="C136" s="2">
+        <v>45957.3680555556</v>
+      </c>
+      <c r="D136" s="2">
+        <v>46321.3680555556</v>
+      </c>
+      <c r="E136" s="2" t="s">
+        <v>797</v>
+      </c>
+      <c r="F136" s="2" t="s">
+        <v>798</v>
+      </c>
+      <c r="G136" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="H136" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="I136" s="2" t="s">
+        <v>629</v>
+      </c>
+      <c r="J136" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K136" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="L136" s="2" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" s="2">
+        <v>136</v>
+      </c>
+      <c r="B137" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="C137" s="2">
+        <v>45957.36875</v>
+      </c>
+      <c r="D137" s="2">
+        <v>46321.36875</v>
+      </c>
+      <c r="E137" s="2" t="s">
+        <v>800</v>
+      </c>
+      <c r="F137" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="G137" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="H137" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="I137" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="J137" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K137" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="L137" s="2" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" s="2">
+        <v>137</v>
+      </c>
+      <c r="B138" s="2" t="s">
+        <v>802</v>
+      </c>
+      <c r="C138" s="2">
+        <v>45957.3694444444</v>
+      </c>
+      <c r="D138" s="2">
+        <v>46321.3694444444</v>
+      </c>
+      <c r="E138" s="2" t="s">
+        <v>803</v>
+      </c>
+      <c r="F138" s="2" t="s">
+        <v>804</v>
+      </c>
+      <c r="G138" s="2" t="s">
+        <v>805</v>
+      </c>
+      <c r="H138" s="2" t="s">
+        <v>806</v>
+      </c>
+      <c r="I138" s="2" t="s">
+        <v>442</v>
+      </c>
+      <c r="J138" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K138" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="L138" s="2" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" s="2">
+        <v>138</v>
+      </c>
+      <c r="B139" s="2" t="s">
+        <v>218</v>
+      </c>
+      <c r="C139" s="2">
+        <v>45965.3770833333</v>
+      </c>
+      <c r="D139" s="2">
+        <v>46329.3770833333</v>
+      </c>
+      <c r="E139" s="2" t="s">
+        <v>808</v>
+      </c>
+      <c r="F139" s="2" t="s">
+        <v>220</v>
+      </c>
+      <c r="G139" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="H139" s="2" t="s">
+        <v>222</v>
+      </c>
+      <c r="I139" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="J139" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K139" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="L139" s="2" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" s="2">
+        <v>139</v>
+      </c>
+      <c r="B140" s="2" t="s">
+        <v>810</v>
+      </c>
+      <c r="C140" s="2">
+        <v>45965.45</v>
+      </c>
+      <c r="D140" s="2">
+        <v>46329.45</v>
+      </c>
+      <c r="E140" s="2" t="s">
+        <v>811</v>
+      </c>
+      <c r="F140" s="2" t="s">
+        <v>812</v>
+      </c>
+      <c r="G140" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="H140" s="2" t="s">
+        <v>813</v>
+      </c>
+      <c r="I140" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="J140" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K140" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="L140" s="2" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" s="2">
+        <v>140</v>
+      </c>
+      <c r="B141" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="C141" s="2">
+        <v>45978.5708333333</v>
+      </c>
+      <c r="D141" s="2">
+        <v>46342.5708333333</v>
+      </c>
+      <c r="E141" s="2" t="s">
+        <v>815</v>
+      </c>
+      <c r="F141" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="G141" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="H141" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="I141" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="J141" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K141" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="L141" s="2" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" s="2">
+        <v>141</v>
+      </c>
+      <c r="B142" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="C142" s="2">
+        <v>45985.3423611111</v>
+      </c>
+      <c r="D142" s="2">
+        <v>46349.3423611111</v>
+      </c>
+      <c r="E142" s="2" t="s">
+        <v>817</v>
+      </c>
+      <c r="F142" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="G142" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="H142" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="I142" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J142" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K142" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="L142" s="2" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" s="2">
+        <v>142</v>
+      </c>
+      <c r="B143" s="2" t="s">
+        <v>819</v>
+      </c>
+      <c r="C143" s="2">
+        <v>45985.3444444444</v>
+      </c>
+      <c r="D143" s="2">
+        <v>46349.3444444444</v>
+      </c>
+      <c r="E143" s="2" t="s">
+        <v>820</v>
+      </c>
+      <c r="F143" s="2" t="s">
+        <v>821</v>
+      </c>
+      <c r="G143" s="2" t="s">
+        <v>822</v>
+      </c>
+      <c r="H143" s="2" t="s">
+        <v>823</v>
+      </c>
+      <c r="I143" s="2" t="s">
+        <v>508</v>
+      </c>
+      <c r="J143" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K143" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="L143" s="2" t="s">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" s="2">
+        <v>143</v>
+      </c>
+      <c r="B144" s="2" t="s">
+        <v>825</v>
+      </c>
+      <c r="C144" s="2">
+        <v>45988.3388888889</v>
+      </c>
+      <c r="D144" s="2">
+        <v>46352.3388888889</v>
+      </c>
+      <c r="E144" s="2" t="s">
+        <v>826</v>
+      </c>
+      <c r="F144" s="2" t="s">
+        <v>827</v>
+      </c>
+      <c r="G144" s="2" t="s">
+        <v>774</v>
+      </c>
+      <c r="H144" s="2" t="s">
+        <v>571</v>
+      </c>
+      <c r="I144" s="2" t="s">
+        <v>508</v>
+      </c>
+      <c r="J144" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K144" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="L144" s="2" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" s="2">
+        <v>144</v>
+      </c>
+      <c r="B145" s="2" t="s">
+        <v>829</v>
+      </c>
+      <c r="C145" s="2">
+        <v>45988.3395833333</v>
+      </c>
+      <c r="D145" s="2">
+        <v>46352.3395833333</v>
+      </c>
+      <c r="E145" s="2" t="s">
+        <v>830</v>
+      </c>
+      <c r="F145" s="2" t="s">
+        <v>831</v>
+      </c>
+      <c r="G145" s="2" t="s">
+        <v>832</v>
+      </c>
+      <c r="H145" s="2" t="s">
+        <v>833</v>
+      </c>
+      <c r="I145" s="2" t="s">
+        <v>202</v>
+      </c>
+      <c r="J145" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K145" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="L145" s="2" t="s">
+        <v>834</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>