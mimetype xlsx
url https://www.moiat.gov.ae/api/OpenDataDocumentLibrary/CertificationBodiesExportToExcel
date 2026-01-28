--- v1 (2025-11-28)
+++ v2 (2026-01-28)
@@ -4,115 +4,115 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name=" Data" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="835" uniqueCount="835">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="639" uniqueCount="639">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>CertificationBody</t>
   </si>
   <si>
     <t>IssueDate</t>
   </si>
   <si>
     <t>ExpiryDate</t>
   </si>
   <si>
     <t>CertificateDocument</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>AccreditationBodies</t>
   </si>
   <si>
     <t>ABCertificate</t>
   </si>
   <si>
     <t>توف سود ميدل ايست ذ.ذ.م</t>
   </si>
   <si>
-    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=0AB92C7D-E603-4190-99D1-1AA10D256444</t>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=10442B7F-428F-45CC-A44D-B02D9BEEB921</t>
   </si>
   <si>
     <t xml:space="preserve">Unit No: A01-A06, 15th Floor, Tower - A, Empire Heights Building, Abraj Street, Business Bay, 
 P.O. Box 2834, Dubai, United Arab Emirates
 </t>
   </si>
   <si>
     <t>shaheer.marath@gmail.com</t>
   </si>
   <si>
     <t>+97144473113</t>
   </si>
   <si>
     <t>الإمارات العربية المتحدة</t>
   </si>
   <si>
     <t>فعالة</t>
   </si>
   <si>
     <t>مركز الاعتماد الخليجي (GAC)</t>
   </si>
   <si>
-    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2602875&amp;download=true</t>
+    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3607434&amp;download=true</t>
   </si>
   <si>
     <t>راكس لخدمات اصدار شهادات الجودة ذ.م.م</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=F054C75D-1DD6-4858-8264-2E97D6111761</t>
   </si>
   <si>
     <t>Business Point Bldg., 7th Floor, Office 703, 705, 708, Port Saeed Street, P.O. Box 252480, Deira, Dubai, UAE</t>
   </si>
   <si>
     <t>quality@racs.ae</t>
   </si>
   <si>
     <t>0097142388755</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2476681&amp;download=true</t>
   </si>
   <si>
     <t>Islamic Co-ordinating Council of Victoria Pty Ltd</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=385211AC-CDDE-4B89-9D06-88CB7DDA9A8A</t>
   </si>
@@ -151,409 +151,247 @@
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2264754&amp;download=true</t>
   </si>
   <si>
     <t>المجلس الإسلامي الأعلى للحوم الحلال في أستراليا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=FEBE8A17-C8BE-4BF5-AC67-69ECC38DF5CA</t>
   </si>
   <si>
     <t xml:space="preserve">Unit 13, 10 Straits Avenue
 South Granville
 NSW</t>
   </si>
   <si>
     <t>halal@sichma.com.au</t>
   </si>
   <si>
     <t>0061287648833</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2541719&amp;download=true</t>
   </si>
   <si>
-    <t>منظمة شهادة الحلال المحدودة</t>
-[...19 lines deleted...]
-  <si>
     <t>Halal Certification Europe (HCE)</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=F8C8D873-4393-45C9-AC5D-FF1AF8498213</t>
   </si>
   <si>
     <t xml:space="preserve">PO Box 1786
 Leicester</t>
   </si>
   <si>
     <t>firdous@halalce.com</t>
   </si>
   <si>
     <t>00441162738228</t>
   </si>
   <si>
+    <t>المملكة المتحدة</t>
+  </si>
+  <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=787383&amp;download=true</t>
-  </si>
-[...61 lines deleted...]
-    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=837619&amp;download=true</t>
   </si>
   <si>
     <t>NZIDT Ltd</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=BB306310-9B63-403C-BE79-6C67B87D05BB</t>
   </si>
   <si>
     <t>Level 2, Building A, 600 Great South Road, Greenlane, Auckland, New Zealand</t>
   </si>
   <si>
     <t>khairul.noramin@nzidt.co.nz</t>
   </si>
   <si>
     <t>006493068934</t>
   </si>
   <si>
     <t>نيوزيلندا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2593794&amp;download=true</t>
   </si>
   <si>
     <t>أس جي أس جلف ليمتد</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=8BCDC6B7-3F53-470C-BD61-CAFE01779A86</t>
   </si>
   <si>
     <t xml:space="preserve">P.O.Box: 18556, 
 Jebel Ali Free Zone,
 Dubai, United Arab Emirates
 </t>
   </si>
   <si>
     <t>Sithara.Hatim@sgs.com</t>
   </si>
   <si>
     <t>0097148809393</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=826796&amp;download=true</t>
   </si>
   <si>
     <t>ذي حلال ابروفل ساوث امريكا</t>
   </si>
   <si>
-    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=3E0FF8B4-206E-4FA5-98BF-BF5B58C14BCC</t>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=34BD7D1D-270F-472D-9208-8E5A382467E0</t>
   </si>
   <si>
     <t xml:space="preserve">Jorge Newbery street nr 3466, 3rd floor, office number 302.
 Buenos Aires Argentina</t>
   </si>
   <si>
     <t>k.hassani@halalapproval.com.ar</t>
   </si>
   <si>
     <t>+5491152224776</t>
   </si>
   <si>
     <t>الأرجنتين</t>
   </si>
   <si>
     <t>نظام الاعتماد الوطني الإماراتي</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2515317&amp;download=true</t>
   </si>
   <si>
     <t>HALAL FOOD AUTHORITY LTD</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=F5BDBCB7-DCCB-46D4-92DE-24B72B15CA2C</t>
   </si>
   <si>
     <t>UNIT 15 LINEN HOUSE 253 KILBURN LANE, QUEEN'S PARK LONDON ENGLAND W10 4BQ</t>
   </si>
   <si>
     <t>hifza@halalfoodauthority.com</t>
   </si>
   <si>
     <t>004402084467127</t>
   </si>
   <si>
     <t>مركز الإمارات العالمي للاعتماد</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2783159&amp;download=true</t>
   </si>
   <si>
-    <t>Halal Feed and Food Inspection Authority (HFFIA)</t>
-[...40 lines deleted...]
-  <si>
     <t>المعيار العالمي لشهادة الحلال س.ل. (معهد الحلال)</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=C28480BB-3217-4E69-9BD6-037619749CF5</t>
   </si>
   <si>
     <t>Calle Claudio Marcelo, 17, Córdoba, Spain</t>
   </si>
   <si>
     <t>international@institutohalal.com</t>
   </si>
   <si>
     <t>+34957634071</t>
   </si>
   <si>
     <t>اسبانيا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2131993&amp;download=true</t>
-  </si>
-[...40 lines deleted...]
-    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2289327&amp;download=true</t>
   </si>
   <si>
     <t>Australian Halal Authority and Advisers Pty. Ltd.</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=9613A754-AE0B-41C0-A9EE-8C5D1BA630FE</t>
   </si>
   <si>
     <t>Level 1, 2a Dargie Court, Dallas , Melbourne, Victoria 3057</t>
   </si>
   <si>
     <t>m.esfandiar@halaladvisers.com.au</t>
   </si>
   <si>
     <t>+61393022001</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=886809&amp;download=true</t>
   </si>
   <si>
     <t>Mastercert LLP</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=F0CFA951-5ADD-430F-872F-95D7C650F079</t>
   </si>
   <si>
     <t xml:space="preserve">No: 1/P3, Cholapuram Street, 
 Thiruvanmiyur
 Chennai - 600 041
 Tamil Nadu
 India</t>
   </si>
   <si>
     <t>abdulhannan@master-cert.com</t>
   </si>
   <si>
     <t>00914445579432</t>
   </si>
   <si>
+    <t>الهند</t>
+  </si>
+  <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2744675&amp;download=true</t>
   </si>
   <si>
     <t>حلال فود آند كواليتي</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=6E588169-2B06-4D8D-A537-60EC048C98BB</t>
   </si>
   <si>
     <t xml:space="preserve">Plaza Ramon de la Sota 9 | Oficina 103 | C.P. 46520 Puerto de Sagunto (Valencia)
 Spain</t>
   </si>
   <si>
     <t>kamel@halalfoodquality.es</t>
   </si>
   <si>
     <t>00349610339443</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=845555&amp;download=true</t>
   </si>
   <si>
     <t>بلحلال</t>
   </si>
   <si>
-    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=F195BFE7-B73D-4D15-9E65-AFCE49C6A7CD</t>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=B29100BA-7B42-4367-AB9E-857ED65D70C6</t>
   </si>
   <si>
     <t>Griboedova str. 29-61</t>
   </si>
   <si>
     <t>belhalal@yandex.ru</t>
   </si>
   <si>
     <t>+375293541854</t>
   </si>
   <si>
     <t>بيلاروس</t>
   </si>
   <si>
     <t>مركز اعتماد روسيا البيضاء</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=833149&amp;download=true</t>
   </si>
   <si>
     <t xml:space="preserve">المجلس المركزي الإسلامي بتايلاند </t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=9D9295B5-3407-4683-A6D8-CCE7CF867488</t>
   </si>
@@ -653,261 +491,161 @@
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2711120&amp;download=true</t>
   </si>
   <si>
     <t>Halal Certification Agency - HCA Vietnam</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=30F6E4C2-0839-4B55-A954-B633BDC4FF40</t>
   </si>
   <si>
     <t>129B Tran Dang Ninh, Cau Giay, Hanoi, Vietnam</t>
   </si>
   <si>
     <t>halal@halal.vn</t>
   </si>
   <si>
     <t>008402462693741</t>
   </si>
   <si>
     <t>فييت نام</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2579716&amp;download=true</t>
   </si>
   <si>
-    <t xml:space="preserve">HALAL ITALIA </t>
-[...20 lines deleted...]
-  <si>
     <t>جمعية الحلال اليابانية</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=C7BBC789-5F7D-4351-807E-B3CBE4B165EF</t>
   </si>
   <si>
     <t>Excel Abiko 2F, 3-17-4 Karita, Sumiyoshi, Osaka 558-0011 Japan</t>
   </si>
   <si>
     <t>remon@jhalal.com</t>
   </si>
   <si>
     <t>0081647035966</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2090182&amp;download=true</t>
-  </si>
-[...20 lines deleted...]
-    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=841319&amp;download=true</t>
   </si>
   <si>
     <t>WORLD HALAL AUTHORITY</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=6420EC1F-02E9-4B8C-A95B-4173B7C25C5B</t>
   </si>
   <si>
     <t xml:space="preserve">VIALE BRIANZA,20 CINISELLO BALSAMO. 
 MILAN</t>
   </si>
   <si>
     <t>basma.farrag@gmail.com</t>
   </si>
   <si>
     <t>0039 0236587564</t>
   </si>
   <si>
+    <t>إيطاليا</t>
+  </si>
+  <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2541720&amp;download=true</t>
-  </si>
-[...19 lines deleted...]
-    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2653523&amp;download=true</t>
   </si>
   <si>
     <t>برايم سرتفيكشن اند انسبيكشن ش ذ م م</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=3C430B8F-EE02-42D6-948D-61F5379985B4</t>
   </si>
   <si>
     <t xml:space="preserve">Plot No 531-519, Dubai Industrial City
 P.O. Box. 61670, Dubai, United Arab Emirates</t>
   </si>
   <si>
     <t>shiju.m@uaeprime.com</t>
   </si>
   <si>
     <t>0097144314345</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2548825&amp;download=true</t>
   </si>
   <si>
-    <t>مركز شهادات حلال أوكرانيا غلوبال ذ.م.م</t>
-[...21 lines deleted...]
-  <si>
     <t>RACS QUALITY CERTIFICATION PRIVATE LIMITED</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=8AAA9B8F-7A13-4140-923D-5A3CAF3A4171</t>
   </si>
   <si>
     <t>i-Thum, A-40, Tower A, Ground Floor, Sector 62, Noida, Gautam Buddha Nagar, Uttar Pradesh, India, 201301</t>
   </si>
   <si>
     <t>+971556775427</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2731644&amp;download=true</t>
   </si>
   <si>
-    <t>شهادة الجودة الشاملة الحلال الصحيح</t>
-[...16 lines deleted...]
-  <si>
     <t>مراقبة جودة الحلال في اليونان</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=2010C46D-E9E6-44E8-B83F-7AC9CCCAA925</t>
   </si>
   <si>
     <t>Sourmenon 56, 55131, Thessaloniki, Greece</t>
   </si>
   <si>
     <t>wasim@halaloffice.com</t>
   </si>
   <si>
     <t>+31654307707</t>
   </si>
   <si>
     <t>اليونان</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=&amp;download=true</t>
   </si>
   <si>
     <t>فامبراس حلال</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=AAE63238-567D-4476-8DD5-24FBA024646C</t>
   </si>
   <si>
     <t>Rua Tejupá 192, Jabaquara</t>
   </si>
   <si>
     <t>nizar@fambrashalal.com.br</t>
   </si>
   <si>
     <t>00551150350820</t>
+  </si>
+  <si>
+    <t>البرازيل</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=925776&amp;download=true</t>
   </si>
   <si>
     <t>Halal Quality Control Italy</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=2B38C717-4107-49F3-88C5-06926B5E2192</t>
   </si>
   <si>
     <t>Via Michele Bellizzi 9, 87012, Castrovillari (CS)</t>
   </si>
   <si>
     <t>00393389652911</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3034462&amp;download=true</t>
   </si>
   <si>
     <t>هاليكس</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=EE31E17D-B125-49F7-B765-84A23393648F</t>
   </si>
@@ -1014,1171 +752,710 @@
     <t xml:space="preserve">Muttrah / Muscat Governorate </t>
   </si>
   <si>
     <t>tahir.i@ais-mea.com</t>
   </si>
   <si>
     <t>+96824717218</t>
   </si>
   <si>
     <t>عمان</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2108975&amp;download=true</t>
   </si>
   <si>
     <t>مكتب مراقبة جودة الحلال في هولندا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=6B2EA674-D792-4DCA-B7B1-08DF0ACE91B5</t>
   </si>
   <si>
     <t xml:space="preserve">Laan van Meerdervoort 53d
 2517 AE, Den Haag</t>
   </si>
   <si>
+    <t>accreditation.moiat.poland@halaloffice.com</t>
+  </si>
+  <si>
     <t>0031703469795</t>
   </si>
   <si>
+    <t>هولندا</t>
+  </si>
+  <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2783158&amp;download=true</t>
   </si>
   <si>
-    <t>Halal Quality Control Belgium</t>
-[...70 lines deleted...]
-  <si>
     <t>حلال ابروفل ساوث امريكا لخدمات إصدار الشهادة</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=061682E6-0D2C-489B-8E65-E8BD10F670BD</t>
   </si>
   <si>
     <t>Street Dr Chucri Zaidan, 1550, floor 11°. sala 1116. Bairro Morumbi, São Paulo, cep 04583-110. Brasil.</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3321851&amp;download=true</t>
   </si>
   <si>
-    <t>شركة ضمان الحلال والجودة باليونان</t>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve">شركة راكس لإصدار شهادات الجودة </t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=369AF718-2797-4F7B-AED1-0907F1CDE8E1</t>
   </si>
   <si>
     <t>The Thames Suite, Office no. 5, 133 Creek Road, Greenwich, London, SE8 3BU, United Kingdom</t>
   </si>
   <si>
     <t>halaby@racs-me.com</t>
   </si>
   <si>
     <t>+442037937753</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3406489&amp;download=true</t>
-  </si>
-[...13 lines deleted...]
-    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2370852&amp;download=true</t>
   </si>
   <si>
     <t xml:space="preserve">هيئة  الحلال الوطنية المستقلة</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=521F5D54-935D-4E64-BFE4-618FB9B40A93</t>
   </si>
   <si>
     <t xml:space="preserve">Baitun Noor Centre
 5770 Topaas Street
 Extension 5
 Lenasia</t>
   </si>
   <si>
     <t>abdulwahab@halaal.org.za</t>
   </si>
   <si>
     <t>0027118544381</t>
   </si>
   <si>
     <t>جنوب أفريقيا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3155387&amp;download=true</t>
   </si>
   <si>
-    <t>International Halal Certification Center Inc.</t>
-[...22 lines deleted...]
-  <si>
     <t>Australian Halal Development &amp; Accreditation</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=9FCD7774-9490-4F92-B08D-2E6E1A21801E</t>
   </si>
   <si>
     <t xml:space="preserve">9 Beaudesert Road, Archerfield, Brisbane, Qld 4108,  Australia</t>
   </si>
   <si>
     <t>info@ahdaa.com.au</t>
   </si>
   <si>
     <t>+61732751077</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3079530&amp;download=true</t>
   </si>
   <si>
     <t>Prime Certification and Inspection Asia Pacific Inc.</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=195788A9-FF96-486D-BB5A-CF88E79D39BF</t>
   </si>
   <si>
     <t>Unit R-04, 3rd Floor Allegro Center, Chino Roces Avenue Extension, Brgy.Magallanes, Makati City, Philippines</t>
   </si>
   <si>
     <t>+639284041002</t>
   </si>
   <si>
     <t>الفلبين</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2272416&amp;download=true</t>
   </si>
   <si>
     <t>Halal Monitoring Committee (HMC)</t>
   </si>
   <si>
-    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=01B337E7-55FB-49A5-B27C-339504981BB3</t>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=D4647E9D-7215-40DE-94E0-A8034FE1E7C9</t>
   </si>
   <si>
     <t xml:space="preserve">Leicester Business Centre
 111 Ross Walk
 Leicester 
 LE5 5HH
 UK</t>
   </si>
   <si>
     <t>nadeem.adam@halalhmc.org</t>
   </si>
   <si>
     <t>00441163260165</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2411907&amp;download=true</t>
   </si>
   <si>
     <t>Australian Halal Development and Accreditation (AHDAA)</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=998ADADC-C4B5-4E58-8D2E-C184223CE7CD</t>
   </si>
   <si>
     <t>Plot 580 BLOCK 9, MKWEPO/MAKUNGANYA STREET. DAR ES SALAA M, TANZANIA</t>
   </si>
   <si>
     <t>ahdaa@ahdaa.com.au</t>
   </si>
   <si>
     <t>+255753081953</t>
   </si>
   <si>
     <t>جمهورية تترانيا المتحدة</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3079529&amp;download=true</t>
   </si>
   <si>
-    <t>حلال كوركت بولندا SP.Z O.O</t>
-[...13 lines deleted...]
-  <si>
     <t>GULFTIC-ICSC HALAL LLC</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=A2F5DAAA-78E8-4B58-8AE1-71D631517BCD</t>
   </si>
   <si>
     <t xml:space="preserve">Rozhdestvenka street, house 5/7, building 2,
 premises V, office 5BU, 107031, Moscow, Russian Federation</t>
   </si>
   <si>
     <t>info@gulftic-icsc.com</t>
   </si>
   <si>
     <t>0074956889509</t>
   </si>
   <si>
     <t>الاتحاد الروسي</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3448306&amp;download=true</t>
   </si>
   <si>
-    <t>المجلس الأوروبي للأغذية الحلال</t>
-[...16 lines deleted...]
-  <si>
     <t xml:space="preserve"> شرق أفريقيا مركز تأكيد الحلال </t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=5FDAB788-93F2-4DA2-900E-FFB71F849DE3</t>
   </si>
   <si>
     <t>PO BOX 8992 GPO Nairobi- Kenya</t>
   </si>
   <si>
+    <t>HalalQMS@halalcorrect.com</t>
+  </si>
+  <si>
     <t>+254122419194</t>
+  </si>
+  <si>
+    <t>كينيا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3321850&amp;download=true</t>
   </si>
   <si>
     <t>المجلس الإسلامي للغذاء والتغذية الكندي</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=AFF1D7F9-93C9-422C-840C-A5713C2970D9</t>
   </si>
   <si>
     <t xml:space="preserve">130 Dundas Street East, Suite 206
 Mississauga, ON L5A 3V8
 </t>
   </si>
   <si>
     <t>adeela.dilbar@ifancc.org</t>
   </si>
   <si>
     <t>+19052750477</t>
   </si>
   <si>
     <t>كندا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2918620&amp;download=true</t>
   </si>
   <si>
-    <t>شركة الغرفة الإسلامية لخدمات الحلال</t>
-[...17 lines deleted...]
-    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=2560C560-C1E0-4619-AF4F-D17FAF9B56EF</t>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=DC24878A-03A1-4476-9AF0-9C10FA0D01B2</t>
   </si>
   <si>
     <t>K. Mukhamedkhanov street 21, 010000, Esil district, Nur-Sultan, Kazakhstan</t>
   </si>
   <si>
     <t>007172574 732</t>
   </si>
   <si>
     <t>كازاخستان</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2325144&amp;download=true</t>
   </si>
   <si>
-    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=02CD47D5-4629-4E8F-B684-638FEC9A0735</t>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=8C54EF99-CF80-4F87-8031-EF0BF88BF3EF</t>
   </si>
   <si>
     <t xml:space="preserve">Sadik Azimov str 50 office 406, 100047, Tashkent, Uzbekistan
 </t>
   </si>
   <si>
     <t>00998 999 303 311</t>
   </si>
   <si>
     <t>أوزبكستان</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2325146&amp;download=true</t>
   </si>
   <si>
-    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=489327D2-618F-4BF9-A57B-F02151AD838B</t>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=46BC7F0F-498B-47DE-A80A-7DE8D0BCE59B</t>
   </si>
   <si>
     <t>Izabella House, 24-26 Regent St, Birmingham, UK</t>
   </si>
   <si>
     <t>0037063921111</t>
   </si>
   <si>
-    <t>وورلد حلال ترست</t>
-[...48 lines deleted...]
-  <si>
     <t>خدمات شهادة الحلال تشونغتشينغ</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=A8270591-6717-4C19-880E-1B75F4DB9B50</t>
   </si>
   <si>
     <t>8-4-1, Building 1, No. 52, Cuihu Road, Shuanglonghu Street, Yubei District, Chongqing</t>
   </si>
   <si>
     <t>talal.zaki@gmail.com</t>
   </si>
   <si>
     <t>008615213477382</t>
   </si>
   <si>
+    <t>الصين</t>
+  </si>
+  <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2479453&amp;download=true</t>
   </si>
   <si>
-    <t>سيرت انترناشيونال" ذ"</t>
-[...16 lines deleted...]
-  <si>
     <t>المجلس الأعلى للشؤن الإسلامية فى اقليم أوروميا - إدارة ترخيص منتخبات الحلال</t>
   </si>
   <si>
-    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=35332D84-CAD4-47B4-9116-69FF7AE290BD</t>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=C54CA163-875E-4221-975A-1A69EA5DC838</t>
   </si>
   <si>
     <t>Near Addis Ababa Stadium, Lion House Building-2, Fifth Floor</t>
   </si>
   <si>
     <t>oriasc14@gmail.com</t>
   </si>
   <si>
     <t>002515154347</t>
   </si>
   <si>
     <t>إثيوبيا</t>
   </si>
   <si>
-    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2490161&amp;download=true</t>
-[...32 lines deleted...]
-    <t>0014047503572</t>
+    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3638128&amp;download=true</t>
+  </si>
+  <si>
+    <t>Estandar Global de Certificación Halal Mexico, S.A. de C.V.</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=6613C766-2317-4AD6-8F3E-7C35BB5BEEAD</t>
+  </si>
+  <si>
+    <t>Avenue Paseo de la Reforma, 248th, floor 17th, Colonia Juarez, Delegación Cuauhtemoc</t>
+  </si>
+  <si>
+    <t>00525547392006</t>
+  </si>
+  <si>
+    <t>المكسيك</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=884017&amp;download=true</t>
+  </si>
+  <si>
+    <t>مركز التعامل بالحلال في أوماها</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=8845980B-5E8C-4403-B16C-014EC2793FD3</t>
+  </si>
+  <si>
+    <t>11636 West Center Rd., Omaha, Nebraska</t>
+  </si>
+  <si>
+    <t>jalot.absy@halaltransactions.org</t>
+  </si>
+  <si>
+    <t>0015726120</t>
   </si>
   <si>
     <t>الولايات المتحدة</t>
   </si>
   <si>
-    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=208682&amp;download=true</t>
-[...53 lines deleted...]
-    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2783160&amp;download=true</t>
+    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3642760&amp;download=true</t>
   </si>
   <si>
     <t>GulfTIC Certification LLC</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=F9489D14-4D80-4655-91F3-5CF81245D3B6</t>
   </si>
   <si>
     <t>Office G2, (UAE Enterprises Building) owned by Abdul Jalil Darwish, Deira, Dubai, United Arab Emirates</t>
   </si>
   <si>
     <t>info@gulftic.com</t>
   </si>
   <si>
     <t>0097142721285</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=934291&amp;download=true</t>
-  </si>
-[...49 lines deleted...]
-    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=405123&amp;download=true</t>
   </si>
   <si>
     <t>Western Australia Halal Authority</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=C12F5A48-C2A7-4796-BAD6-1AEA0F4F0B67</t>
   </si>
   <si>
     <t xml:space="preserve">2/64 Attfield Street
 Maddington, WA 6109</t>
   </si>
   <si>
     <t>info-waha@westnet.com.au</t>
   </si>
   <si>
     <t>+61 8 9459 4216</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2919864&amp;download=true</t>
   </si>
   <si>
     <t>Estándar Global de Certificación Halal, S.L. (Portugal)</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=6CCC626D-8B32-4B18-A3D5-D33B45F175FF</t>
   </si>
   <si>
     <t>Avenida Eng. Arantes e Oliveira 3</t>
   </si>
   <si>
     <t>البرتغال</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3025452&amp;download=true</t>
   </si>
   <si>
-    <t>Halal Quality Control Hungary</t>
-[...13 lines deleted...]
-  <si>
     <t>Regulatory Affairs and Conformity Services LLC</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=AB61C66B-D6B5-4CCC-A29E-0C01A0FCE6DD</t>
   </si>
   <si>
     <t>Suite 210, 5625 Cypress Creek Parkway Houston-Texas-77069</t>
   </si>
   <si>
     <t>management@racs-us.com</t>
   </si>
   <si>
     <t>0018322864149</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3205162&amp;download=true</t>
   </si>
   <si>
     <t>حلال الهند الخاصة المحدودة</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=408F5F3F-55D9-42BA-AF05-279FB15D6850</t>
   </si>
   <si>
     <t xml:space="preserve">Suite No.7&amp; 8 3rd Floor, Hameedia Shopping Mall, 
 No.108-109, Triplicane High Road, Triplicane, Chennai-600005.</t>
   </si>
   <si>
     <t>poornima@halalindia.co.in</t>
   </si>
   <si>
     <t>+91 44 42618147</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2109006&amp;download=true</t>
   </si>
   <si>
-    <t>حلال سنتر ذ م م</t>
-[...5 lines deleted...]
-    <t>Moscow City, Territory Of Khamovniiki Municipal District, Zubovsky Building 1, 5 Floor, Office 24, Room 5</t>
+    <t>"مركز الحلال" شركة ذات مسؤولية محدودة</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=67D02E64-49EF-404C-BB2F-D277300394AD</t>
+  </si>
+  <si>
+    <t>tarasa shevchenko boulevard 38, office 149</t>
   </si>
   <si>
     <t>info@halal-ua.com</t>
   </si>
   <si>
-    <t>0079095514232</t>
-[...13 lines deleted...]
-  <si>
     <t>00380938888821</t>
   </si>
   <si>
+    <t>أوكرانيا</t>
+  </si>
+  <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2299215&amp;download=true</t>
   </si>
   <si>
-    <t>HALAL CENTER QUALITY CERTIFICATION LIMITED COMPANY</t>
+    <t>مركز حلال لإصدار شهادات الاعتماد ذ.م.م</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=8D31EA95-0AFA-4C2C-91B6-13E4C77ABFFB</t>
   </si>
   <si>
     <t>Turkey, Istanbul, Fatih / Hocapasa District, Ebusuud Street, Tellioglu business merkezi Building 36, 3rd Floor, 34110</t>
   </si>
   <si>
     <t>+90 533 51 38 830</t>
   </si>
   <si>
     <t>تركيا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2475226&amp;download=true</t>
   </si>
   <si>
-    <t>مركز حلال الدولي للتدريب و التأهيل</t>
-[...52 lines deleted...]
-  <si>
     <t>وورلد حلال ترست روس</t>
   </si>
   <si>
-    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=A92A127C-F4A3-4427-B055-1C76087440B5</t>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=E6124EB7-B541-4CEB-8627-5245BC86F5A1</t>
   </si>
   <si>
     <t>MALY TATARSKY LANE 5, OFFICE 8A</t>
   </si>
   <si>
     <t>+7 926 297 4541</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2325143&amp;download=true</t>
   </si>
   <si>
     <t>فامبراس حلال لاصدار الشهادات</t>
   </si>
   <si>
-    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=123C0470-6781-43C9-BD5C-CCF66B20427E</t>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=E74F79A5-2EA2-4CEE-91A6-F09F59B44581</t>
   </si>
   <si>
     <t>CALLE, AVDA. SANTISIMA TRINIDAD CASI DR. CAMACHO DURE Numero#1596 //CASA</t>
   </si>
   <si>
     <t>00595992962702</t>
   </si>
   <si>
     <t>باراغواي</t>
   </si>
   <si>
-    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2299199&amp;download=true</t>
+    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3522270&amp;download=true</t>
   </si>
   <si>
     <t xml:space="preserve">فامبراس حلال لاصدار الشهادات </t>
   </si>
   <si>
-    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=193BDBEF-ACBA-4AC6-83A7-028A3500F0A5</t>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=8F053FE8-CF78-41A9-98CD-58D5777CC37D</t>
   </si>
   <si>
     <t xml:space="preserve">NIT: 901125872‐1 – CRA 15 No.104‐10 Barrio Molinos Del Norte | ZIP 
 CODE 110111 – Bogotá , D.C , Colombia 
 </t>
   </si>
   <si>
     <t>+57 3044366805</t>
   </si>
   <si>
     <t>كولومبيا</t>
   </si>
   <si>
-    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2325145&amp;download=true</t>
+    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3522283&amp;download=true</t>
   </si>
   <si>
     <t>HALALCO</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=93C9245C-47CB-47DE-B9D1-8E1652188613</t>
   </si>
   <si>
     <t xml:space="preserve">1360 PEACHTREE STREET NE, SUITE 930
 ATLANTA, GEORGIA 30309
 USA</t>
   </si>
   <si>
     <t>mtaha@halalco.us</t>
   </si>
   <si>
     <t>+14049417017</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3473270&amp;download=true</t>
   </si>
   <si>
-    <t>شركة الاعتماد الفلسطينية للمعايير و المقاييس وفحص الجودة</t>
-[...19 lines deleted...]
-  <si>
     <t xml:space="preserve">IIDC Austria Islamic Information Documentation and Certification GmbH </t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=B26FCF6E-DF7A-47CF-9E27-F74EA45C2D13</t>
   </si>
   <si>
     <t>A-4050 Traun, Johann-Roithner-Str. 131</t>
   </si>
   <si>
     <t>katharina.reh@iidc.at</t>
   </si>
   <si>
     <t>004369988465804</t>
   </si>
   <si>
+    <t>النمسا</t>
+  </si>
+  <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=845556&amp;download=true</t>
   </si>
   <si>
     <t>IIDC Germany Islamic Information Documentation and Certification GmbH</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=35C3A9B4-4C6A-464A-AF18-661F7C588035</t>
   </si>
   <si>
     <t>D-94315 Straubing, Enggasse 20</t>
   </si>
   <si>
+    <t>ألمانيا</t>
+  </si>
+  <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=845557&amp;download=true</t>
   </si>
   <si>
     <t xml:space="preserve">توثيق وشهادة المعلومات الإسلامية  هنغارية</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=49CB6F96-4CC5-4830-9A17-11E6690EE4F0</t>
   </si>
   <si>
     <t>H-1135 Budapest, Róbert Károly krt. 96-100</t>
   </si>
   <si>
     <t>0036308506936</t>
   </si>
   <si>
+    <t>هنغاريا</t>
+  </si>
+  <si>
     <t>URUGUAY ISLAMIC CENTER</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=80DE7790-E998-4FB5-91D5-FE1EFBE03372</t>
   </si>
   <si>
     <t>soriano 1364</t>
   </si>
   <si>
     <t>manager@halaluruguay.uy</t>
   </si>
   <si>
     <t>+971112334445</t>
   </si>
   <si>
     <t>أوروغواي</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3069609&amp;download=true</t>
   </si>
   <si>
     <t>شهادة جودة مركز الحلال</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=410A17C8-6301-4EF4-99E7-446CB8214C15</t>
   </si>
   <si>
     <t>Office No P1-050, Al Gurg Tower-3, Riggat Al Buteen, Deira, Dubai, UAE</t>
   </si>
   <si>
     <t>0097143240075</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2161676&amp;download=true</t>
   </si>
   <si>
-    <t>الخليجية الاردنية للاختبارات</t>
-[...13 lines deleted...]
-  <si>
     <t>الناميبية الاسلامية الحلال جمعية</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=886D4CE3-9B87-4D6F-AC22-C9D8D753F610</t>
   </si>
   <si>
     <t xml:space="preserve">6566 Centaurus Road | Maerua | Khomas Region | Windhoek </t>
   </si>
   <si>
     <t>ceo@niha.org.na</t>
   </si>
   <si>
     <t>+264812007786</t>
   </si>
   <si>
     <t>ناميبيا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2362099&amp;download=true</t>
   </si>
   <si>
     <t>مركز شهادات الحلال في تشيلي</t>
   </si>
   <si>
-    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=BD8FC3E5-8E46-448B-A7CF-1D1DD1F6A255</t>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=F5BABB91-C463-431B-9939-2532A51F5ECE</t>
   </si>
   <si>
     <t>Santiago Office: Marchant Pereira 201 Office 701 Providencia - Santiago de CHILE</t>
   </si>
   <si>
     <t>gerencia@chilehalal.com</t>
   </si>
   <si>
     <t>00222255547</t>
   </si>
   <si>
     <t>شيلي</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2475629&amp;download=true</t>
-  </si>
-[...16 lines deleted...]
-    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2572517&amp;download=true</t>
   </si>
   <si>
     <t>Horn of Africa Livestock Improvement and Conformity Services (HALICS)</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=AD6ED6F4-89AB-4922-8CFA-4D2A409782F2</t>
   </si>
   <si>
     <t xml:space="preserve">1st Floor, Lourdel Towers, Lourdel Road, Kampala Uganda </t>
   </si>
   <si>
     <t>+256754220689</t>
   </si>
   <si>
     <t>أوغندا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2711111&amp;download=true</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=5B5D7E28-9690-4AEE-A3D5-6368DDC58C1A</t>
   </si>
   <si>
     <t>Region Dar Es Salaam, District llala CBD, Ward Kariakoo, Street Majimaji Road Temeke</t>
   </si>
@@ -2195,134 +1472,194 @@
     <t>A1 GROUND FLOOR, AFLAH APARTMENT, MUINAMI STREET, EASTLEIGH, NAIROBI KENYA</t>
   </si>
   <si>
     <t>+254722131385</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2711113&amp;download=true</t>
   </si>
   <si>
     <t>HALAL FOOD AUTHORITY</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=4976EED3-E819-4790-ABF3-8FE11A39F2EC</t>
   </si>
   <si>
     <t xml:space="preserve">Girulių g, Vilnius, LT-12112
 </t>
   </si>
   <si>
     <t>00447427555702</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2792059&amp;download=true</t>
   </si>
   <si>
+    <t>شهادة الحلال العالمية (خاصة محدودة)</t>
+  </si>
+  <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=3CB146CA-58D4-4831-BA0E-5176BAA60F89</t>
   </si>
   <si>
+    <t xml:space="preserve">Suite A-2, 2nd Floor, Plot 83-C, Khayaban e Jami, Phase 7, DHA, Karachi, Pakistan </t>
+  </si>
+  <si>
+    <t>director@international-halal.com</t>
+  </si>
+  <si>
+    <t>+92 21 35890821</t>
+  </si>
+  <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2802991&amp;download=true</t>
   </si>
   <si>
+    <t>شهادة الحلال العالمية</t>
+  </si>
+  <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=5E241AE0-0C91-4A8E-929F-5518FC375903</t>
   </si>
   <si>
+    <t>Unit 101, Building A-2, Dubai Silicon Oasis, (IFZA) Dubai</t>
+  </si>
+  <si>
+    <t>+971 50 428 7547</t>
+  </si>
+  <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2802992&amp;download=true</t>
   </si>
   <si>
+    <t>International Halal Certification Center Inc.</t>
+  </si>
+  <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=92EE7521-2348-4A99-B11A-9B588C962066</t>
   </si>
   <si>
+    <t>803-1, Gayang Techno town, 217, Heojun-ro, Gangseo-gu, Seoul, Republic of Korea</t>
+  </si>
+  <si>
+    <t>kimyh1025@ihchalal.com</t>
+  </si>
+  <si>
+    <t>+82220885632</t>
+  </si>
+  <si>
+    <t>كوريا الجنوبية</t>
+  </si>
+  <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2841432&amp;download=true</t>
   </si>
   <si>
     <t>International Halal Certification Center</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=364A7274-BC34-468F-9875-09F9E87007F8</t>
   </si>
   <si>
     <t xml:space="preserve">RYAZAN AVENUE 22  BUILDING 2 OFFICE 721, 109428, MOSCOW, RUSSIAN FEDERATION</t>
   </si>
   <si>
     <t>office@halal-certification.ru</t>
   </si>
   <si>
     <t>0079261800202</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2894096&amp;download=true</t>
   </si>
   <si>
+    <t>جمعیۃ علماء ہند حلال ترست</t>
+  </si>
+  <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=8C26D42B-C67D-400A-ADDD-47BC704FF480</t>
+  </si>
+  <si>
+    <t>#1, BAHADUR SHAH ZAFAR MARG, NEW DELHI</t>
+  </si>
+  <si>
+    <t>jamiathalaltrust@gmail.com</t>
+  </si>
+  <si>
+    <t>00919811570946</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3051701&amp;download=true</t>
   </si>
   <si>
     <t>الادارة المصدقة للحلال فى اوروبا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=60D95CA0-34F6-4D9E-A5E5-E0D373348861</t>
   </si>
   <si>
     <t xml:space="preserve">8 Coolmine Industrial Estate
 Dublin 15, 
 IRELAND</t>
   </si>
   <si>
     <t>info@halalcertification.ie</t>
   </si>
   <si>
     <t>+35315156206</t>
   </si>
   <si>
     <t>أيرلندا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3051704&amp;download=true</t>
   </si>
   <si>
     <t>شركة الإدارة المحدودة للأطعمة الحلال شانغ بينغ يان شنشى</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=1EBD7E4A-D192-4C9D-8293-418FA27D239E</t>
   </si>
   <si>
     <t>No.15, Xi Hua Men Street, Lian Hu District, Xi’an, Shaanxi Province, China</t>
   </si>
   <si>
     <t>tiejiabao@foxmail.com</t>
   </si>
   <si>
     <t>0086 029 88638790</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3069599&amp;download=true</t>
   </si>
   <si>
+    <t>حلال كنترول</t>
+  </si>
+  <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=FD07EB5D-1158-46DE-92FE-805B5C5FCB66</t>
+  </si>
+  <si>
+    <t>Stahlstrasse 44, 65428 Ruesselsheim am Main, Germany</t>
+  </si>
+  <si>
+    <t>mtatari@halalcontrol.de</t>
+  </si>
+  <si>
+    <t>004961423019870</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3088601&amp;download=true</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=920D3B5E-145E-4A7C-9D22-B701C589B6A3</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3117788&amp;download=true</t>
   </si>
   <si>
     <t>شركة الرواد لنظم الجودة والشهادات فرع دبي</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=2F68506B-0E92-4476-B7D9-5B9573525EB7</t>
   </si>
   <si>
     <t>UAE - Dubai - ALghanim Bulding, Office No. 505-4 - Parcel ID 124-226, ALMurqabat Plot No.3780-0</t>
   </si>
   <si>
     <t>info@pqscert-eg.com</t>
   </si>
   <si>
     <t>00971583080429</t>
   </si>
@@ -2459,89 +1796,98 @@
   <si>
     <t>fahrudin.smajic@islamska-skupnost.si</t>
   </si>
   <si>
     <t>0038612313625</t>
   </si>
   <si>
     <t>سلوفينيا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3365029&amp;download=true</t>
   </si>
   <si>
     <t xml:space="preserve">ذي حلال ابروفل ساوث أمريكا </t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=ED8D3745-64EA-4A06-82ED-007D56D6D45A</t>
   </si>
   <si>
     <t>Carrera 21 No. 135-53, Casa 12, Bogota</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3385974&amp;download=true</t>
   </si>
   <si>
+    <t>منظمة شهادة الحلال المحدودة</t>
+  </si>
+  <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=2C43558E-9050-4FFE-BB97-CDC6B3FA5DB8</t>
   </si>
   <si>
+    <t xml:space="preserve">34 Mornington Road, Smethwick, West Midlands  </t>
+  </si>
+  <si>
+    <t>amer@hcoltd.co.uk</t>
+  </si>
+  <si>
+    <t>00443335770902</t>
+  </si>
+  <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3385975&amp;download=true</t>
   </si>
   <si>
     <t>Muslim Consumer Council of Canada</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=B1A3D05E-B318-41F1-A61E-4277933298CF</t>
   </si>
   <si>
     <t>8798 Delvista drive Delta BC, V4C4A5, Canada</t>
   </si>
   <si>
     <t>dr.sabir.ca@gmail.com</t>
   </si>
   <si>
     <t>0016045836007</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3385978&amp;download=true</t>
   </si>
   <si>
-    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=8202D3FD-1821-435C-8E34-9460DACFC83B</t>
-[...4 lines deleted...]
-  <si>
     <t>جهة إصدارشهادات الحلال في شاندونغ</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=55B935EC-5706-4D86-967E-A0229931DB7D</t>
   </si>
   <si>
     <t xml:space="preserve">Room 410, No. 96, Jingqi Road, Downtown, Jinan, Shandong Province, P.R China </t>
   </si>
   <si>
+    <t>i@ehalal.cn</t>
+  </si>
+  <si>
     <t>008653181767296</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3410355&amp;download=true</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=1CB7CEFA-22AA-4984-B3BA-D5B21A892A73</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3448308&amp;download=true</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=F92F0152-7CB1-4F44-BABB-2561607362AB</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3473271&amp;download=true</t>
   </si>
   <si>
     <t>American Halal Foundation</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=CBF621C8-16FE-4636-9EB9-3693480B8C8D</t>
   </si>
   <si>
     <t>10347 Cross Creek Blvd Suite C, Tampa, FL 33647, United States</t>
@@ -2562,50 +1908,107 @@
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=4F734C24-E20D-4DF9-9841-1CC3C1F46514</t>
   </si>
   <si>
     <t>5625 Cypress Creek Parkway, Suite 210, Houston, Texas 77069, USA</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3488095&amp;download=true</t>
   </si>
   <si>
     <t>مكتب مراقبة جودة الحلال في بولندا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=6267CE6E-4A18-4FFD-AB40-40629EBBDEBE</t>
   </si>
   <si>
     <t>ZURAWIA 32 / 34, 00-515 WARSZAWA</t>
   </si>
   <si>
     <t>said.abdmezien@gmail.com</t>
   </si>
   <si>
     <t>0048531996682</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3488096&amp;download=true</t>
+  </si>
+  <si>
+    <t>Center for Halal Quality certification</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=6A83997A-9C58-4D42-8C03-D78D2611BBAC</t>
+  </si>
+  <si>
+    <t>Nikole Tomasica 12</t>
+  </si>
+  <si>
+    <t>accreditation@halal.hr</t>
+  </si>
+  <si>
+    <t>0038515619062</t>
+  </si>
+  <si>
+    <t>كرواتيا</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3545061&amp;download=true</t>
+  </si>
+  <si>
+    <t>هيئة ترخيص المنتجات الحلال</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=66C01485-7400-482A-A26E-9CD063991DA6</t>
+  </si>
+  <si>
+    <t>Level 5, 90 Pitt Street, Sydney NSW 2000</t>
+  </si>
+  <si>
+    <t>nadia@halalauthority.org</t>
+  </si>
+  <si>
+    <t>+61292326731</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3559780&amp;download=true</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=74C5C687-7629-4010-8EAB-AF905E0EDC40</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3559782&amp;download=true</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=8C4094C8-E0B2-4267-9DAF-4B7AABA36034</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3622466&amp;download=true</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=A7A3B8DE-4C59-4136-9841-881F6144AD0C</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3662563&amp;download=true</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFFFFFF" tint="0"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
@@ -2640,67 +2043,67 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="2" applyFill="1" xfId="0"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" borderId="1" applyBorder="1" xfId="0">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:L145"/>
+  <dimension ref="A1:L108"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="1"/>
     <col min="2" max="2" width="66.3077774047852" customWidth="1"/>
     <col min="3" max="3" width="12.8945598602295" customWidth="1"/>
     <col min="4" max="4" width="12.8945598602295" customWidth="1"/>
     <col min="5" max="5" width="101.799942016602" customWidth="1"/>
-    <col min="6" max="6" width="147.036163330078" customWidth="1"/>
+    <col min="6" max="6" width="101.903274536133" customWidth="1"/>
     <col min="7" max="7" width="40.6196250915527" customWidth="1"/>
     <col min="8" max="8" width="18.7935543060303" customWidth="1"/>
     <col min="9" max="9" width="18.3365879058838" customWidth="1"/>
     <col min="10" max="10" width="9.140625" customWidth="1"/>
-    <col min="11" max="11" width="25.530782699585" customWidth="1"/>
+    <col min="11" max="11" width="22.1955890655518" customWidth="1"/>
     <col min="12" max="12" width="129.108627319336" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
@@ -2709,51 +2112,51 @@
       </c>
       <c r="I1" s="1" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C2" s="2">
         <v>44202.1909722222</v>
       </c>
       <c r="D2" s="2">
-        <v>46027.1916666667</v>
+        <v>46392.1916666667</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="I2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>20</v>
       </c>
@@ -2896,5303 +2299,3897 @@
       </c>
       <c r="H6" s="2" t="s">
         <v>45</v>
       </c>
       <c r="I6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>6</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>47</v>
       </c>
       <c r="C7" s="2">
-        <v>44202.6791666667</v>
+        <v>42779.3756944444</v>
       </c>
       <c r="D7" s="2">
-        <v>46027.6791666667</v>
+        <v>46065.3763888889</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>50</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>51</v>
       </c>
       <c r="I7" s="2" t="s">
         <v>52</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>7</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>54</v>
       </c>
       <c r="C8" s="2">
-        <v>42779.3756944444</v>
+        <v>42418.2236111111</v>
       </c>
       <c r="D8" s="2">
-        <v>46065.3763888889</v>
+        <v>46070.2236111111</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>55</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>56</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>57</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>58</v>
       </c>
       <c r="I8" s="2" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>8</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C9" s="2">
-        <v>44202.5868055556</v>
+        <v>42779.4763888889</v>
       </c>
       <c r="D9" s="2">
-        <v>46027.5868055556</v>
+        <v>46065.4763888889</v>
       </c>
       <c r="E9" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G9" s="2" t="s">
-        <v>24</v>
+        <v>64</v>
       </c>
       <c r="H9" s="2" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="I9" s="2" t="s">
-        <v>64</v>
+        <v>17</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>9</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C10" s="2">
-        <v>43103.4541666667</v>
+        <v>44207.7340277778</v>
       </c>
       <c r="D10" s="2">
-        <v>46024.4548611111</v>
+        <v>46398.0263888889</v>
       </c>
       <c r="E10" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="G10" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H10" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I10" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>19</v>
+        <v>73</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>10</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C11" s="2">
-        <v>43522.2159722222</v>
+        <v>44319.0229166667</v>
       </c>
       <c r="D11" s="2">
-        <v>45713.7159722222</v>
+        <v>46144.1902777778</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="G11" s="2" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="H11" s="2" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="I11" s="2" t="s">
-        <v>78</v>
+        <v>52</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>79</v>
+        <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>19</v>
+        <v>80</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>11</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C12" s="2">
-        <v>42418.2236111111</v>
+        <v>44319.5027777778</v>
       </c>
       <c r="D12" s="2">
-        <v>46070.2236111111</v>
+        <v>46144.5034722222</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="G12" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H12" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="I12" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>19</v>
+        <v>80</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>12</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C13" s="2">
-        <v>42779.4763888889</v>
+        <v>44623.7583333333</v>
       </c>
       <c r="D13" s="2">
-        <v>46065.4763888889</v>
+        <v>46083.5916666667</v>
       </c>
       <c r="E13" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="G13" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="H13" s="2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="I13" s="2" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>13</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C14" s="2">
-        <v>44207.7340277778</v>
+        <v>44623.7791666667</v>
       </c>
       <c r="D14" s="2">
-        <v>46033.0263888889</v>
+        <v>46083.7791666667</v>
       </c>
       <c r="E14" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G14" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="H14" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="I14" s="2" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>100</v>
+        <v>80</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>14</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>102</v>
       </c>
       <c r="C15" s="2">
-        <v>44319.0229166667</v>
+        <v>43166.49375</v>
       </c>
       <c r="D15" s="2">
-        <v>46144.1902777778</v>
+        <v>46087.49375</v>
       </c>
       <c r="E15" s="2" t="s">
         <v>103</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>104</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>105</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>106</v>
       </c>
       <c r="I15" s="2" t="s">
-        <v>52</v>
+        <v>87</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L15" s="2" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>15</v>
       </c>
       <c r="B16" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="C16" s="2">
+        <v>43479.6826388889</v>
+      </c>
+      <c r="D16" s="2">
+        <v>46400.6833333333</v>
+      </c>
+      <c r="E16" s="2" t="s">
         <v>109</v>
       </c>
-      <c r="C16" s="2">
-[...5 lines deleted...]
-      <c r="E16" s="2" t="s">
+      <c r="F16" s="2" t="s">
         <v>110</v>
       </c>
-      <c r="F16" s="2" t="s">
+      <c r="G16" s="2" t="s">
         <v>111</v>
       </c>
-      <c r="G16" s="2" t="s">
+      <c r="H16" s="2" t="s">
         <v>112</v>
       </c>
-      <c r="H16" s="2" t="s">
+      <c r="I16" s="2" t="s">
         <v>113</v>
       </c>
-      <c r="I16" s="2" t="s">
+      <c r="J16" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K16" s="2" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>16</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>116</v>
       </c>
       <c r="C17" s="2">
-        <v>44202.2708333333</v>
+        <v>43892.7916666667</v>
       </c>
       <c r="D17" s="2">
-        <v>45662.2708333333</v>
+        <v>46082.7923611111</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>117</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>118</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>119</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>120</v>
       </c>
       <c r="I17" s="2" t="s">
         <v>121</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>79</v>
+        <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>19</v>
+        <v>80</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>17</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>123</v>
       </c>
       <c r="C18" s="2">
-        <v>44319.5027777778</v>
+        <v>42779.4763888889</v>
       </c>
       <c r="D18" s="2">
-        <v>46144.5034722222</v>
+        <v>46065.4770833333</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>124</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>125</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>126</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>127</v>
       </c>
       <c r="I18" s="2" t="s">
         <v>128</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>107</v>
+        <v>19</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>18</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>130</v>
       </c>
       <c r="C19" s="2">
-        <v>42652.78125</v>
+        <v>42816.7430555556</v>
       </c>
       <c r="D19" s="2">
-        <v>45938.78125</v>
+        <v>46102.74375</v>
       </c>
       <c r="E19" s="2" t="s">
         <v>131</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G19" s="2" t="s">
         <v>133</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>134</v>
       </c>
       <c r="I19" s="2" t="s">
         <v>135</v>
       </c>
       <c r="J19" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K19" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="L19" s="2" t="s">
         <v>136</v>
-      </c>
-[...4 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>19</v>
       </c>
       <c r="B20" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="C20" s="2">
+        <v>43191.1666666667</v>
+      </c>
+      <c r="D20" s="2">
+        <v>46112.6666666667</v>
+      </c>
+      <c r="E20" s="2" t="s">
         <v>138</v>
       </c>
-      <c r="C20" s="2">
-[...5 lines deleted...]
-      <c r="E20" s="2" t="s">
+      <c r="F20" s="2" t="s">
         <v>139</v>
       </c>
-      <c r="F20" s="2" t="s">
+      <c r="G20" s="2" t="s">
         <v>140</v>
       </c>
-      <c r="G20" s="2" t="s">
+      <c r="H20" s="2" t="s">
         <v>141</v>
       </c>
-      <c r="H20" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I20" s="2" t="s">
-        <v>32</v>
+        <v>87</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>79</v>
+        <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>20</v>
       </c>
       <c r="B21" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="C21" s="2">
+        <v>44305.8277777778</v>
+      </c>
+      <c r="D21" s="2">
+        <v>46130.9125</v>
+      </c>
+      <c r="E21" s="2" t="s">
         <v>144</v>
       </c>
-      <c r="C21" s="2">
-[...5 lines deleted...]
-      <c r="E21" s="2" t="s">
+      <c r="F21" s="2" t="s">
         <v>145</v>
       </c>
-      <c r="F21" s="2" t="s">
+      <c r="G21" s="2" t="s">
         <v>146</v>
       </c>
-      <c r="G21" s="2" t="s">
+      <c r="H21" s="2" t="s">
         <v>147</v>
       </c>
-      <c r="H21" s="2" t="s">
+      <c r="I21" s="2" t="s">
         <v>148</v>
       </c>
-      <c r="I21" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>19</v>
+        <v>80</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>21</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>150</v>
       </c>
       <c r="C22" s="2">
-        <v>44623.7791666667</v>
+        <v>42779.3833333333</v>
       </c>
       <c r="D22" s="2">
-        <v>46083.7791666667</v>
+        <v>46065.3840277778</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>151</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>152</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>153</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>154</v>
       </c>
       <c r="I22" s="2" t="s">
-        <v>121</v>
+        <v>155</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>107</v>
+        <v>19</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>22</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C23" s="2">
-        <v>43166.49375</v>
+        <v>42779.4055555556</v>
       </c>
       <c r="D23" s="2">
-        <v>46087.49375</v>
+        <v>46065.4055555556</v>
       </c>
       <c r="E23" s="2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="G23" s="2" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H23" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="I23" s="2" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>23</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C24" s="2">
-        <v>43479.6826388889</v>
+        <v>43501.1666666667</v>
       </c>
       <c r="D24" s="2">
-        <v>46035.6833333333</v>
+        <v>46057.5</v>
       </c>
       <c r="E24" s="2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G24" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="H24" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="I24" s="2" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>168</v>
+        <v>19</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>24</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>170</v>
       </c>
       <c r="C25" s="2">
-        <v>43892.7916666667</v>
+        <v>42800.0715277778</v>
       </c>
       <c r="D25" s="2">
-        <v>46082.7923611111</v>
+        <v>46086.0715277778</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>171</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>172</v>
       </c>
       <c r="G25" s="2" t="s">
         <v>173</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>174</v>
       </c>
       <c r="I25" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J25" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K25" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="L25" s="2" t="s">
         <v>175</v>
-      </c>
-[...7 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>25</v>
       </c>
       <c r="B26" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="C26" s="2">
+        <v>44319.3333333333</v>
+      </c>
+      <c r="D26" s="2">
+        <v>46144.3333333333</v>
+      </c>
+      <c r="E26" s="2" t="s">
         <v>177</v>
       </c>
-      <c r="C26" s="2">
-[...5 lines deleted...]
-      <c r="E26" s="2" t="s">
+      <c r="F26" s="2" t="s">
         <v>178</v>
       </c>
-      <c r="F26" s="2" t="s">
+      <c r="G26" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="H26" s="2" t="s">
         <v>179</v>
       </c>
-      <c r="G26" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I26" s="2" t="s">
-        <v>182</v>
+        <v>100</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>26</v>
       </c>
       <c r="B27" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="C27" s="2">
+        <v>44714.5131944444</v>
+      </c>
+      <c r="D27" s="2">
+        <v>46174.5131944444</v>
+      </c>
+      <c r="E27" s="2" t="s">
+        <v>182</v>
+      </c>
+      <c r="F27" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="G27" s="2" t="s">
         <v>184</v>
       </c>
-      <c r="C27" s="2">
-[...5 lines deleted...]
-      <c r="E27" s="2" t="s">
+      <c r="H27" s="2" t="s">
         <v>185</v>
       </c>
-      <c r="F27" s="2" t="s">
+      <c r="I27" s="2" t="s">
         <v>186</v>
       </c>
-      <c r="G27" s="2" t="s">
+      <c r="J27" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K27" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="L27" s="2" t="s">
         <v>187</v>
-      </c>
-[...13 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>27</v>
       </c>
       <c r="B28" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="C28" s="2">
+        <v>42886.3333333333</v>
+      </c>
+      <c r="D28" s="2">
+        <v>46172.3333333333</v>
+      </c>
+      <c r="E28" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="F28" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="G28" s="2" t="s">
         <v>191</v>
       </c>
-      <c r="C28" s="2">
-[...5 lines deleted...]
-      <c r="E28" s="2" t="s">
+      <c r="H28" s="2" t="s">
         <v>192</v>
       </c>
-      <c r="F28" s="2" t="s">
+      <c r="I28" s="2" t="s">
         <v>193</v>
-      </c>
-[...7 lines deleted...]
-        <v>128</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>28</v>
       </c>
       <c r="B29" s="2" t="s">
+        <v>195</v>
+      </c>
+      <c r="C29" s="2">
+        <v>44722.5347222222</v>
+      </c>
+      <c r="D29" s="2">
+        <v>46182.5347222222</v>
+      </c>
+      <c r="E29" s="2" t="s">
+        <v>196</v>
+      </c>
+      <c r="F29" s="2" t="s">
         <v>197</v>
       </c>
-      <c r="C29" s="2">
-[...5 lines deleted...]
-      <c r="E29" s="2" t="s">
+      <c r="G29" s="2" t="s">
+        <v>184</v>
+      </c>
+      <c r="H29" s="2" t="s">
         <v>198</v>
       </c>
-      <c r="F29" s="2" t="s">
+      <c r="I29" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="J29" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K29" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="L29" s="2" t="s">
         <v>199</v>
-      </c>
-[...16 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>29</v>
       </c>
       <c r="B30" s="2" t="s">
+        <v>200</v>
+      </c>
+      <c r="C30" s="2">
+        <v>44729.5833333333</v>
+      </c>
+      <c r="D30" s="2">
+        <v>46189.5833333333</v>
+      </c>
+      <c r="E30" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="F30" s="2" t="s">
+        <v>202</v>
+      </c>
+      <c r="G30" s="2" t="s">
+        <v>203</v>
+      </c>
+      <c r="H30" s="2" t="s">
         <v>204</v>
       </c>
-      <c r="C30" s="2">
-[...5 lines deleted...]
-      <c r="E30" s="2" t="s">
+      <c r="I30" s="2" t="s">
         <v>205</v>
       </c>
-      <c r="F30" s="2" t="s">
+      <c r="J30" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K30" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="L30" s="2" t="s">
         <v>206</v>
-      </c>
-[...16 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>30</v>
       </c>
       <c r="B31" s="2" t="s">
+        <v>207</v>
+      </c>
+      <c r="C31" s="2">
+        <v>44294.3333333333</v>
+      </c>
+      <c r="D31" s="2">
+        <v>46119.3333333333</v>
+      </c>
+      <c r="E31" s="2" t="s">
+        <v>208</v>
+      </c>
+      <c r="F31" s="2" t="s">
+        <v>209</v>
+      </c>
+      <c r="G31" s="2" t="s">
+        <v>210</v>
+      </c>
+      <c r="H31" s="2" t="s">
         <v>211</v>
       </c>
-      <c r="C31" s="2">
-[...5 lines deleted...]
-      <c r="E31" s="2" t="s">
+      <c r="I31" s="2" t="s">
         <v>212</v>
       </c>
-      <c r="F31" s="2" t="s">
+      <c r="J31" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K31" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="L31" s="2" t="s">
         <v>213</v>
-      </c>
-[...16 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>31</v>
       </c>
       <c r="B32" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="C32" s="2">
+        <v>44382.3333333333</v>
+      </c>
+      <c r="D32" s="2">
+        <v>46207.3333333333</v>
+      </c>
+      <c r="E32" s="2" t="s">
+        <v>215</v>
+      </c>
+      <c r="F32" s="2" t="s">
+        <v>216</v>
+      </c>
+      <c r="G32" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="H32" s="2" t="s">
         <v>218</v>
       </c>
-      <c r="C32" s="2">
-[...5 lines deleted...]
-      <c r="E32" s="2" t="s">
+      <c r="I32" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="J32" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K32" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="L32" s="2" t="s">
         <v>219</v>
-      </c>
-[...19 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>32</v>
       </c>
       <c r="B33" s="2" t="s">
+        <v>220</v>
+      </c>
+      <c r="C33" s="2">
+        <v>44392.3333333333</v>
+      </c>
+      <c r="D33" s="2">
+        <v>46217.3333333333</v>
+      </c>
+      <c r="E33" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="F33" s="2" t="s">
+        <v>222</v>
+      </c>
+      <c r="G33" s="2" t="s">
+        <v>223</v>
+      </c>
+      <c r="H33" s="2" t="s">
         <v>224</v>
       </c>
-      <c r="C33" s="2">
-[...5 lines deleted...]
-      <c r="E33" s="2" t="s">
+      <c r="I33" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="J33" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K33" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="L33" s="2" t="s">
         <v>225</v>
-      </c>
-[...19 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>33</v>
       </c>
       <c r="B34" s="2" t="s">
+        <v>226</v>
+      </c>
+      <c r="C34" s="2">
+        <v>44735.6305555556</v>
+      </c>
+      <c r="D34" s="2">
+        <v>46195.6305555556</v>
+      </c>
+      <c r="E34" s="2" t="s">
+        <v>227</v>
+      </c>
+      <c r="F34" s="2" t="s">
+        <v>228</v>
+      </c>
+      <c r="G34" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="H34" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="I34" s="2" t="s">
         <v>231</v>
-      </c>
-[...19 lines deleted...]
-        <v>216</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>236</v>
+        <v>187</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>34</v>
       </c>
       <c r="B35" s="2" t="s">
+        <v>232</v>
+      </c>
+      <c r="C35" s="2">
+        <v>44746.53125</v>
+      </c>
+      <c r="D35" s="2">
+        <v>46206.53125</v>
+      </c>
+      <c r="E35" s="2" t="s">
+        <v>233</v>
+      </c>
+      <c r="F35" s="2" t="s">
+        <v>234</v>
+      </c>
+      <c r="G35" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="H35" s="2" t="s">
+        <v>236</v>
+      </c>
+      <c r="I35" s="2" t="s">
         <v>237</v>
       </c>
-      <c r="C35" s="2">
-[...5 lines deleted...]
-      <c r="E35" s="2" t="s">
+      <c r="J35" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K35" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L35" s="2" t="s">
         <v>238</v>
-      </c>
-[...19 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>35</v>
       </c>
       <c r="B36" s="2" t="s">
+        <v>239</v>
+      </c>
+      <c r="C36" s="2">
+        <v>44018.3333333333</v>
+      </c>
+      <c r="D36" s="2">
+        <v>46208.3333333333</v>
+      </c>
+      <c r="E36" s="2" t="s">
+        <v>240</v>
+      </c>
+      <c r="F36" s="2" t="s">
+        <v>241</v>
+      </c>
+      <c r="G36" s="2" t="s">
+        <v>242</v>
+      </c>
+      <c r="H36" s="2" t="s">
+        <v>243</v>
+      </c>
+      <c r="I36" s="2" t="s">
         <v>244</v>
       </c>
-      <c r="C36" s="2">
-[...5 lines deleted...]
-      <c r="E36" s="2" t="s">
+      <c r="J36" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K36" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="L36" s="2" t="s">
         <v>245</v>
-      </c>
-[...19 lines deleted...]
-        <v>249</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>36</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="C37" s="2">
-        <v>43166.3333333333</v>
+        <v>44455.5</v>
       </c>
       <c r="D37" s="2">
-        <v>45722.3333333333</v>
+        <v>46280.1666666667</v>
       </c>
       <c r="E37" s="2" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="G37" s="2" t="s">
-        <v>253</v>
+        <v>70</v>
       </c>
       <c r="H37" s="2" t="s">
-        <v>254</v>
+        <v>71</v>
       </c>
       <c r="I37" s="2" t="s">
-        <v>255</v>
+        <v>193</v>
       </c>
       <c r="J37" s="2" t="s">
-        <v>79</v>
+        <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>19</v>
+        <v>73</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>37</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="C38" s="2">
-        <v>44319.3333333333</v>
+        <v>44164.3333333333</v>
       </c>
       <c r="D38" s="2">
-        <v>46144.3333333333</v>
+        <v>46354.3333333333</v>
       </c>
       <c r="E38" s="2" t="s">
-        <v>258</v>
+        <v>251</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>259</v>
+        <v>252</v>
       </c>
       <c r="G38" s="2" t="s">
-        <v>24</v>
+        <v>253</v>
       </c>
       <c r="H38" s="2" t="s">
-        <v>260</v>
+        <v>254</v>
       </c>
       <c r="I38" s="2" t="s">
-        <v>121</v>
+        <v>52</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>261</v>
+        <v>255</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>38</v>
       </c>
       <c r="B39" s="2" t="s">
+        <v>256</v>
+      </c>
+      <c r="C39" s="2">
+        <v>44098.3333333333</v>
+      </c>
+      <c r="D39" s="2">
+        <v>46288.3333333333</v>
+      </c>
+      <c r="E39" s="2" t="s">
+        <v>257</v>
+      </c>
+      <c r="F39" s="2" t="s">
+        <v>258</v>
+      </c>
+      <c r="G39" s="2" t="s">
+        <v>259</v>
+      </c>
+      <c r="H39" s="2" t="s">
+        <v>260</v>
+      </c>
+      <c r="I39" s="2" t="s">
+        <v>261</v>
+      </c>
+      <c r="J39" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K39" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="L39" s="2" t="s">
         <v>262</v>
-      </c>
-[...28 lines deleted...]
-        <v>267</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>39</v>
       </c>
       <c r="B40" s="2" t="s">
+        <v>263</v>
+      </c>
+      <c r="C40" s="2">
+        <v>44438.3333333333</v>
+      </c>
+      <c r="D40" s="2">
+        <v>46263.3333333333</v>
+      </c>
+      <c r="E40" s="2" t="s">
+        <v>264</v>
+      </c>
+      <c r="F40" s="2" t="s">
+        <v>265</v>
+      </c>
+      <c r="G40" s="2" t="s">
+        <v>266</v>
+      </c>
+      <c r="H40" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="I40" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="J40" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K40" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="L40" s="2" t="s">
         <v>268</v>
-      </c>
-[...28 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>40</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>275</v>
+        <v>269</v>
       </c>
       <c r="C41" s="2">
-        <v>42886.3333333333</v>
+        <v>43352.3333333333</v>
       </c>
       <c r="D41" s="2">
-        <v>46172.3333333333</v>
+        <v>46273.3333333333</v>
       </c>
       <c r="E41" s="2" t="s">
-        <v>276</v>
+        <v>270</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>277</v>
+        <v>271</v>
       </c>
       <c r="G41" s="2" t="s">
-        <v>278</v>
+        <v>173</v>
       </c>
       <c r="H41" s="2" t="s">
-        <v>279</v>
+        <v>272</v>
       </c>
       <c r="I41" s="2" t="s">
-        <v>229</v>
+        <v>273</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>19</v>
+        <v>80</v>
       </c>
       <c r="L41" s="2" t="s">
-        <v>280</v>
+        <v>274</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>41</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>281</v>
+        <v>275</v>
       </c>
       <c r="C42" s="2">
-        <v>44722.5347222222</v>
+        <v>43439.3333333333</v>
       </c>
       <c r="D42" s="2">
-        <v>46182.5347222222</v>
+        <v>46360.3333333333</v>
       </c>
       <c r="E42" s="2" t="s">
-        <v>282</v>
+        <v>276</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>283</v>
+        <v>277</v>
       </c>
       <c r="G42" s="2" t="s">
-        <v>271</v>
+        <v>278</v>
       </c>
       <c r="H42" s="2" t="s">
-        <v>284</v>
+        <v>279</v>
       </c>
       <c r="I42" s="2" t="s">
-        <v>216</v>
+        <v>52</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>107</v>
+        <v>19</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>285</v>
+        <v>280</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>42</v>
       </c>
       <c r="B43" s="2" t="s">
+        <v>281</v>
+      </c>
+      <c r="C43" s="2">
+        <v>44416.3333333333</v>
+      </c>
+      <c r="D43" s="2">
+        <v>46241.3333333333</v>
+      </c>
+      <c r="E43" s="2" t="s">
+        <v>282</v>
+      </c>
+      <c r="F43" s="2" t="s">
+        <v>283</v>
+      </c>
+      <c r="G43" s="2" t="s">
+        <v>284</v>
+      </c>
+      <c r="H43" s="2" t="s">
+        <v>285</v>
+      </c>
+      <c r="I43" s="2" t="s">
         <v>286</v>
       </c>
-      <c r="C43" s="2">
-[...5 lines deleted...]
-      <c r="E43" s="2" t="s">
+      <c r="J43" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K43" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="L43" s="2" t="s">
         <v>287</v>
-      </c>
-[...19 lines deleted...]
-        <v>292</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>43</v>
       </c>
       <c r="B44" s="2" t="s">
+        <v>288</v>
+      </c>
+      <c r="C44" s="2">
+        <v>44517.3333333333</v>
+      </c>
+      <c r="D44" s="2">
+        <v>46342.3333333333</v>
+      </c>
+      <c r="E44" s="2" t="s">
+        <v>289</v>
+      </c>
+      <c r="F44" s="2" t="s">
+        <v>290</v>
+      </c>
+      <c r="G44" s="2" t="s">
+        <v>291</v>
+      </c>
+      <c r="H44" s="2" t="s">
+        <v>292</v>
+      </c>
+      <c r="I44" s="2" t="s">
         <v>293</v>
       </c>
-      <c r="C44" s="2">
-[...5 lines deleted...]
-      <c r="E44" s="2" t="s">
+      <c r="J44" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K44" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L44" s="2" t="s">
         <v>294</v>
-      </c>
-[...19 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>44</v>
       </c>
       <c r="B45" s="2" t="s">
+        <v>295</v>
+      </c>
+      <c r="C45" s="2">
+        <v>44098.3333333333</v>
+      </c>
+      <c r="D45" s="2">
+        <v>46288.3333333333</v>
+      </c>
+      <c r="E45" s="2" t="s">
+        <v>296</v>
+      </c>
+      <c r="F45" s="2" t="s">
+        <v>297</v>
+      </c>
+      <c r="G45" s="2" t="s">
+        <v>298</v>
+      </c>
+      <c r="H45" s="2" t="s">
+        <v>299</v>
+      </c>
+      <c r="I45" s="2" t="s">
         <v>300</v>
       </c>
-      <c r="C45" s="2">
-[...5 lines deleted...]
-      <c r="E45" s="2" t="s">
+      <c r="J45" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K45" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="L45" s="2" t="s">
         <v>301</v>
-      </c>
-[...19 lines deleted...]
-        <v>305</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>45</v>
       </c>
       <c r="B46" s="2" t="s">
+        <v>302</v>
+      </c>
+      <c r="C46" s="2">
+        <v>44305.3333333333</v>
+      </c>
+      <c r="D46" s="2">
+        <v>46130.3333333333</v>
+      </c>
+      <c r="E46" s="2" t="s">
+        <v>303</v>
+      </c>
+      <c r="F46" s="2" t="s">
+        <v>304</v>
+      </c>
+      <c r="G46" s="2" t="s">
+        <v>305</v>
+      </c>
+      <c r="H46" s="2" t="s">
         <v>306</v>
       </c>
-      <c r="C46" s="2">
-[...5 lines deleted...]
-      <c r="E46" s="2" t="s">
+      <c r="I46" s="2" t="s">
         <v>307</v>
       </c>
-      <c r="F46" s="2" t="s">
+      <c r="J46" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K46" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="L46" s="2" t="s">
         <v>308</v>
-      </c>
-[...16 lines deleted...]
-        <v>311</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>46</v>
       </c>
       <c r="B47" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C47" s="2">
+        <v>44874.4034722222</v>
+      </c>
+      <c r="D47" s="2">
+        <v>46334.4034722222</v>
+      </c>
+      <c r="E47" s="2" t="s">
+        <v>309</v>
+      </c>
+      <c r="F47" s="2" t="s">
+        <v>310</v>
+      </c>
+      <c r="G47" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="H47" s="2" t="s">
+        <v>311</v>
+      </c>
+      <c r="I47" s="2" t="s">
         <v>312</v>
-      </c>
-[...19 lines deleted...]
-        <v>317</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>274</v>
+        <v>313</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>47</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>318</v>
+        <v>34</v>
       </c>
       <c r="C48" s="2">
-        <v>44746.53125</v>
+        <v>44874.4041666667</v>
       </c>
       <c r="D48" s="2">
-        <v>46206.53125</v>
+        <v>46334.4041666667</v>
       </c>
       <c r="E48" s="2" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>320</v>
+        <v>315</v>
       </c>
       <c r="G48" s="2" t="s">
-        <v>321</v>
+        <v>37</v>
       </c>
       <c r="H48" s="2" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="I48" s="2" t="s">
-        <v>323</v>
+        <v>317</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>324</v>
+        <v>318</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>48</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>325</v>
+        <v>34</v>
       </c>
       <c r="C49" s="2">
-        <v>44018.3333333333</v>
+        <v>44874.4041666667</v>
       </c>
       <c r="D49" s="2">
-        <v>46208.3333333333</v>
+        <v>46334.4041666667</v>
       </c>
       <c r="E49" s="2" t="s">
-        <v>326</v>
+        <v>319</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>327</v>
+        <v>320</v>
       </c>
       <c r="G49" s="2" t="s">
-        <v>240</v>
+        <v>37</v>
       </c>
       <c r="H49" s="2" t="s">
-        <v>328</v>
+        <v>321</v>
       </c>
       <c r="I49" s="2" t="s">
-        <v>114</v>
+        <v>52</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
-        <v>107</v>
+        <v>19</v>
       </c>
       <c r="L49" s="2" t="s">
-        <v>329</v>
+        <v>187</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>49</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>330</v>
+        <v>322</v>
       </c>
       <c r="C50" s="2">
-        <v>44018.3333333333</v>
+        <v>44876.3513888889</v>
       </c>
       <c r="D50" s="2">
-        <v>45843.3333333333</v>
+        <v>46336.3513888889</v>
       </c>
       <c r="E50" s="2" t="s">
-        <v>331</v>
+        <v>323</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>332</v>
+        <v>324</v>
       </c>
       <c r="G50" s="2" t="s">
-        <v>240</v>
+        <v>325</v>
       </c>
       <c r="H50" s="2" t="s">
-        <v>333</v>
+        <v>326</v>
       </c>
       <c r="I50" s="2" t="s">
-        <v>334</v>
+        <v>327</v>
       </c>
       <c r="J50" s="2" t="s">
-        <v>79</v>
+        <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>107</v>
+        <v>19</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>335</v>
+        <v>328</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>50</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>336</v>
+        <v>329</v>
       </c>
       <c r="C51" s="2">
-        <v>44382.3333333333</v>
+        <v>44910.5041666667</v>
       </c>
       <c r="D51" s="2">
-        <v>45842.3333333333</v>
+        <v>46370.5041666667</v>
       </c>
       <c r="E51" s="2" t="s">
-        <v>337</v>
+        <v>330</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>338</v>
+        <v>331</v>
       </c>
       <c r="G51" s="2" t="s">
-        <v>339</v>
+        <v>332</v>
       </c>
       <c r="H51" s="2" t="s">
-        <v>340</v>
+        <v>333</v>
       </c>
       <c r="I51" s="2" t="s">
-        <v>242</v>
+        <v>334</v>
       </c>
       <c r="J51" s="2" t="s">
-        <v>79</v>
+        <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>107</v>
+        <v>80</v>
       </c>
       <c r="L51" s="2" t="s">
-        <v>341</v>
+        <v>335</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>51</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>342</v>
+        <v>336</v>
       </c>
       <c r="C52" s="2">
-        <v>44018.3333333333</v>
+        <v>44987.4368055556</v>
       </c>
       <c r="D52" s="2">
-        <v>45843.3333333333</v>
+        <v>46082.4368055556</v>
       </c>
       <c r="E52" s="2" t="s">
-        <v>343</v>
+        <v>337</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
       <c r="G52" s="2" t="s">
-        <v>240</v>
+        <v>85</v>
       </c>
       <c r="H52" s="2" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
       <c r="I52" s="2" t="s">
-        <v>135</v>
+        <v>340</v>
       </c>
       <c r="J52" s="2" t="s">
-        <v>79</v>
+        <v>18</v>
       </c>
       <c r="K52" s="2" t="s">
-        <v>107</v>
+        <v>80</v>
       </c>
       <c r="L52" s="2" t="s">
-        <v>345</v>
+        <v>341</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>52</v>
       </c>
       <c r="B53" s="2" t="s">
+        <v>342</v>
+      </c>
+      <c r="C53" s="2">
+        <v>45007.5902777778</v>
+      </c>
+      <c r="D53" s="2">
+        <v>46467.5902777778</v>
+      </c>
+      <c r="E53" s="2" t="s">
+        <v>343</v>
+      </c>
+      <c r="F53" s="2" t="s">
+        <v>344</v>
+      </c>
+      <c r="G53" s="2" t="s">
+        <v>345</v>
+      </c>
+      <c r="H53" s="2" t="s">
         <v>346</v>
       </c>
-      <c r="C53" s="2">
-[...5 lines deleted...]
-      <c r="E53" s="2" t="s">
+      <c r="I53" s="2" t="s">
         <v>347</v>
       </c>
-      <c r="F53" s="2" t="s">
+      <c r="J53" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K53" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="L53" s="2" t="s">
         <v>348</v>
-      </c>
-[...16 lines deleted...]
-        <v>353</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>53</v>
       </c>
       <c r="B54" s="2" t="s">
+        <v>349</v>
+      </c>
+      <c r="C54" s="2">
+        <v>45008.6430555556</v>
+      </c>
+      <c r="D54" s="2">
+        <v>46103.6430555556</v>
+      </c>
+      <c r="E54" s="2" t="s">
+        <v>350</v>
+      </c>
+      <c r="F54" s="2" t="s">
+        <v>351</v>
+      </c>
+      <c r="G54" s="2" t="s">
+        <v>352</v>
+      </c>
+      <c r="H54" s="2" t="s">
+        <v>353</v>
+      </c>
+      <c r="I54" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J54" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K54" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="L54" s="2" t="s">
         <v>354</v>
-      </c>
-[...28 lines deleted...]
-        <v>357</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>54</v>
       </c>
       <c r="B55" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="C55" s="2">
+        <v>45070.3423611111</v>
+      </c>
+      <c r="D55" s="2">
+        <v>46165.3423611111</v>
+      </c>
+      <c r="E55" s="2" t="s">
+        <v>356</v>
+      </c>
+      <c r="F55" s="2" t="s">
+        <v>357</v>
+      </c>
+      <c r="G55" s="2" t="s">
         <v>358</v>
       </c>
-      <c r="C55" s="2">
-[...5 lines deleted...]
-      <c r="E55" s="2" t="s">
+      <c r="H55" s="2" t="s">
         <v>359</v>
       </c>
-      <c r="F55" s="2" t="s">
+      <c r="I55" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="J55" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K55" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L55" s="2" t="s">
         <v>360</v>
-      </c>
-[...16 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>55</v>
       </c>
       <c r="B56" s="2" t="s">
+        <v>361</v>
+      </c>
+      <c r="C56" s="2">
+        <v>45085.3423611111</v>
+      </c>
+      <c r="D56" s="2">
+        <v>46180.3423611111</v>
+      </c>
+      <c r="E56" s="2" t="s">
+        <v>362</v>
+      </c>
+      <c r="F56" s="2" t="s">
         <v>363</v>
       </c>
-      <c r="C56" s="2">
-[...5 lines deleted...]
-      <c r="E56" s="2" t="s">
+      <c r="G56" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="H56" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="I56" s="2" t="s">
         <v>364</v>
       </c>
-      <c r="F56" s="2" t="s">
+      <c r="J56" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K56" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="L56" s="2" t="s">
         <v>365</v>
-      </c>
-[...16 lines deleted...]
-        <v>368</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2">
         <v>56</v>
       </c>
       <c r="B57" s="2" t="s">
+        <v>366</v>
+      </c>
+      <c r="C57" s="2">
+        <v>45160.3041666667</v>
+      </c>
+      <c r="D57" s="2">
+        <v>46255.3041666667</v>
+      </c>
+      <c r="E57" s="2" t="s">
+        <v>367</v>
+      </c>
+      <c r="F57" s="2" t="s">
+        <v>368</v>
+      </c>
+      <c r="G57" s="2" t="s">
         <v>369</v>
       </c>
-      <c r="C57" s="2">
-[...5 lines deleted...]
-      <c r="E57" s="2" t="s">
+      <c r="H57" s="2" t="s">
         <v>370</v>
       </c>
-      <c r="F57" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I57" s="2" t="s">
-        <v>135</v>
+        <v>347</v>
       </c>
       <c r="J57" s="2" t="s">
-        <v>79</v>
+        <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="2">
         <v>57</v>
       </c>
       <c r="B58" s="2" t="s">
+        <v>372</v>
+      </c>
+      <c r="C58" s="2">
+        <v>45160.3048611111</v>
+      </c>
+      <c r="D58" s="2">
+        <v>46255.3048611111</v>
+      </c>
+      <c r="E58" s="2" t="s">
+        <v>373</v>
+      </c>
+      <c r="F58" s="2" t="s">
         <v>374</v>
       </c>
-      <c r="C58" s="2">
-[...5 lines deleted...]
-      <c r="E58" s="2" t="s">
+      <c r="G58" s="2" t="s">
         <v>375</v>
       </c>
-      <c r="F58" s="2" t="s">
+      <c r="H58" s="2" t="s">
         <v>376</v>
       </c>
-      <c r="G58" s="2" t="s">
+      <c r="I58" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="J58" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K58" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L58" s="2" t="s">
         <v>377</v>
-      </c>
-[...13 lines deleted...]
-        <v>380</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="2">
         <v>58</v>
       </c>
       <c r="B59" s="2" t="s">
+        <v>378</v>
+      </c>
+      <c r="C59" s="2">
+        <v>45195.4305555556</v>
+      </c>
+      <c r="D59" s="2">
+        <v>46290.4305555556</v>
+      </c>
+      <c r="E59" s="2" t="s">
+        <v>379</v>
+      </c>
+      <c r="F59" s="2" t="s">
+        <v>380</v>
+      </c>
+      <c r="G59" s="2" t="s">
         <v>381</v>
       </c>
-      <c r="C59" s="2">
-[...5 lines deleted...]
-      <c r="E59" s="2" t="s">
+      <c r="H59" s="2" t="s">
         <v>382</v>
       </c>
-      <c r="F59" s="2" t="s">
+      <c r="I59" s="2" t="s">
         <v>383</v>
       </c>
-      <c r="G59" s="2" t="s">
+      <c r="J59" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K59" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L59" s="2" t="s">
         <v>384</v>
-      </c>
-[...13 lines deleted...]
-        <v>388</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="2">
         <v>59</v>
       </c>
       <c r="B60" s="2" t="s">
+        <v>385</v>
+      </c>
+      <c r="C60" s="2">
+        <v>45195.4319444444</v>
+      </c>
+      <c r="D60" s="2">
+        <v>46290.4319444444</v>
+      </c>
+      <c r="E60" s="2" t="s">
+        <v>386</v>
+      </c>
+      <c r="F60" s="2" t="s">
+        <v>387</v>
+      </c>
+      <c r="G60" s="2" t="s">
+        <v>381</v>
+      </c>
+      <c r="H60" s="2" t="s">
+        <v>388</v>
+      </c>
+      <c r="I60" s="2" t="s">
         <v>389</v>
       </c>
-      <c r="C60" s="2">
-[...5 lines deleted...]
-      <c r="E60" s="2" t="s">
+      <c r="J60" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K60" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L60" s="2" t="s">
         <v>390</v>
-      </c>
-[...19 lines deleted...]
-        <v>394</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="2">
         <v>60</v>
       </c>
       <c r="B61" s="2" t="s">
+        <v>391</v>
+      </c>
+      <c r="C61" s="2">
+        <v>45217.425</v>
+      </c>
+      <c r="D61" s="2">
+        <v>46312.425</v>
+      </c>
+      <c r="E61" s="2" t="s">
+        <v>392</v>
+      </c>
+      <c r="F61" s="2" t="s">
+        <v>393</v>
+      </c>
+      <c r="G61" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="H61" s="2" t="s">
+        <v>394</v>
+      </c>
+      <c r="I61" s="2" t="s">
+        <v>293</v>
+      </c>
+      <c r="J61" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K61" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L61" s="2" t="s">
         <v>395</v>
-      </c>
-[...28 lines deleted...]
-        <v>400</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="2">
         <v>61</v>
       </c>
       <c r="B62" s="2" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="C62" s="2">
-        <v>43439.3333333333</v>
+        <v>45236.4916666667</v>
       </c>
       <c r="D62" s="2">
-        <v>45995.3333333333</v>
+        <v>46331.4916666667</v>
       </c>
       <c r="E62" s="2" t="s">
-        <v>402</v>
+        <v>397</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>403</v>
+        <v>398</v>
       </c>
       <c r="G62" s="2" t="s">
-        <v>404</v>
+        <v>191</v>
       </c>
       <c r="H62" s="2" t="s">
-        <v>405</v>
+        <v>399</v>
       </c>
       <c r="I62" s="2" t="s">
-        <v>52</v>
+        <v>400</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L62" s="2" t="s">
-        <v>406</v>
+        <v>401</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="2">
         <v>62</v>
       </c>
       <c r="B63" s="2" t="s">
+        <v>402</v>
+      </c>
+      <c r="C63" s="2">
+        <v>45236.4923611111</v>
+      </c>
+      <c r="D63" s="2">
+        <v>46331.4923611111</v>
+      </c>
+      <c r="E63" s="2" t="s">
+        <v>403</v>
+      </c>
+      <c r="F63" s="2" t="s">
+        <v>404</v>
+      </c>
+      <c r="G63" s="2" t="s">
+        <v>191</v>
+      </c>
+      <c r="H63" s="2" t="s">
+        <v>405</v>
+      </c>
+      <c r="I63" s="2" t="s">
+        <v>406</v>
+      </c>
+      <c r="J63" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K63" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L63" s="2" t="s">
         <v>407</v>
-      </c>
-[...28 lines deleted...]
-        <v>413</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="2">
         <v>63</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="C64" s="2">
-        <v>44098.3333333333</v>
+        <v>45267.3381944444</v>
       </c>
       <c r="D64" s="2">
-        <v>45923.3333333333</v>
+        <v>46362.3381944444</v>
       </c>
       <c r="E64" s="2" t="s">
-        <v>415</v>
+        <v>409</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>416</v>
+        <v>410</v>
       </c>
       <c r="G64" s="2" t="s">
-        <v>265</v>
+        <v>411</v>
       </c>
       <c r="H64" s="2" t="s">
-        <v>417</v>
+        <v>412</v>
       </c>
       <c r="I64" s="2" t="s">
-        <v>202</v>
+        <v>347</v>
       </c>
       <c r="J64" s="2" t="s">
-        <v>79</v>
+        <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
-        <v>107</v>
+        <v>80</v>
       </c>
       <c r="L64" s="2" t="s">
-        <v>418</v>
+        <v>413</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="2">
         <v>64</v>
       </c>
       <c r="B65" s="2" t="s">
+        <v>414</v>
+      </c>
+      <c r="C65" s="2">
+        <v>45331.4277777778</v>
+      </c>
+      <c r="D65" s="2">
+        <v>46061.4277777778</v>
+      </c>
+      <c r="E65" s="2" t="s">
+        <v>415</v>
+      </c>
+      <c r="F65" s="2" t="s">
+        <v>416</v>
+      </c>
+      <c r="G65" s="2" t="s">
+        <v>417</v>
+      </c>
+      <c r="H65" s="2" t="s">
+        <v>418</v>
+      </c>
+      <c r="I65" s="2" t="s">
         <v>419</v>
-      </c>
-[...19 lines deleted...]
-        <v>424</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L65" s="2" t="s">
-        <v>425</v>
+        <v>420</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="2">
         <v>65</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>426</v>
+        <v>421</v>
       </c>
       <c r="C66" s="2">
-        <v>43055.3333333333</v>
+        <v>45331.4277777778</v>
       </c>
       <c r="D66" s="2">
-        <v>45611.3333333333</v>
+        <v>46061.4277777778</v>
       </c>
       <c r="E66" s="2" t="s">
-        <v>427</v>
+        <v>422</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="G66" s="2" t="s">
-        <v>429</v>
+        <v>417</v>
       </c>
       <c r="H66" s="2" t="s">
-        <v>430</v>
+        <v>418</v>
       </c>
       <c r="I66" s="2" t="s">
-        <v>334</v>
+        <v>424</v>
       </c>
       <c r="J66" s="2" t="s">
-        <v>79</v>
+        <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>107</v>
+        <v>19</v>
       </c>
       <c r="L66" s="2" t="s">
-        <v>431</v>
+        <v>425</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="2">
         <v>66</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>432</v>
+        <v>426</v>
       </c>
       <c r="C67" s="2">
-        <v>44098.3333333333</v>
+        <v>45331.4284722222</v>
       </c>
       <c r="D67" s="2">
-        <v>46288.3333333333</v>
+        <v>46061.4284722222</v>
       </c>
       <c r="E67" s="2" t="s">
-        <v>433</v>
+        <v>427</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>434</v>
+        <v>428</v>
       </c>
       <c r="G67" s="2" t="s">
-        <v>265</v>
+        <v>417</v>
       </c>
       <c r="H67" s="2" t="s">
-        <v>435</v>
+        <v>429</v>
       </c>
       <c r="I67" s="2" t="s">
-        <v>64</v>
+        <v>430</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
-        <v>107</v>
+        <v>19</v>
       </c>
       <c r="L67" s="2" t="s">
-        <v>436</v>
+        <v>187</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="2">
         <v>67</v>
       </c>
       <c r="B68" s="2" t="s">
+        <v>431</v>
+      </c>
+      <c r="C68" s="2">
+        <v>45464.3354166667</v>
+      </c>
+      <c r="D68" s="2">
+        <v>46193.3354166667</v>
+      </c>
+      <c r="E68" s="2" t="s">
+        <v>432</v>
+      </c>
+      <c r="F68" s="2" t="s">
+        <v>433</v>
+      </c>
+      <c r="G68" s="2" t="s">
+        <v>434</v>
+      </c>
+      <c r="H68" s="2" t="s">
+        <v>435</v>
+      </c>
+      <c r="I68" s="2" t="s">
+        <v>436</v>
+      </c>
+      <c r="J68" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K68" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="L68" s="2" t="s">
         <v>437</v>
-      </c>
-[...28 lines deleted...]
-        <v>443</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="2">
         <v>68</v>
       </c>
       <c r="B69" s="2" t="s">
-        <v>444</v>
+        <v>438</v>
       </c>
       <c r="C69" s="2">
-        <v>44392.3333333333</v>
+        <v>45503.3701388889</v>
       </c>
       <c r="D69" s="2">
-        <v>45852.3333333333</v>
+        <v>46232.3701388889</v>
       </c>
       <c r="E69" s="2" t="s">
-        <v>445</v>
+        <v>439</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>446</v>
+        <v>440</v>
       </c>
       <c r="G69" s="2" t="s">
-        <v>447</v>
+        <v>381</v>
       </c>
       <c r="H69" s="2" t="s">
-        <v>448</v>
+        <v>441</v>
       </c>
       <c r="I69" s="2" t="s">
-        <v>52</v>
+        <v>17</v>
       </c>
       <c r="J69" s="2" t="s">
-        <v>79</v>
+        <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
-        <v>19</v>
+        <v>80</v>
       </c>
       <c r="L69" s="2" t="s">
-        <v>449</v>
+        <v>442</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="2">
         <v>69</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>34</v>
+        <v>443</v>
       </c>
       <c r="C70" s="2">
-        <v>44874.4034722222</v>
+        <v>45587.425</v>
       </c>
       <c r="D70" s="2">
-        <v>45969.4034722222</v>
+        <v>46316.425</v>
       </c>
       <c r="E70" s="2" t="s">
-        <v>450</v>
+        <v>444</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>451</v>
+        <v>445</v>
       </c>
       <c r="G70" s="2" t="s">
-        <v>37</v>
+        <v>446</v>
       </c>
       <c r="H70" s="2" t="s">
-        <v>452</v>
+        <v>447</v>
       </c>
       <c r="I70" s="2" t="s">
-        <v>453</v>
+        <v>448</v>
       </c>
       <c r="J70" s="2" t="s">
-        <v>79</v>
+        <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
-        <v>19</v>
+        <v>80</v>
       </c>
       <c r="L70" s="2" t="s">
-        <v>454</v>
+        <v>449</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="2">
         <v>70</v>
       </c>
       <c r="B71" s="2" t="s">
-        <v>34</v>
+        <v>450</v>
       </c>
       <c r="C71" s="2">
-        <v>44874.4041666667</v>
+        <v>45632.3673611111</v>
       </c>
       <c r="D71" s="2">
-        <v>45969.4041666667</v>
+        <v>46361.3673611111</v>
       </c>
       <c r="E71" s="2" t="s">
+        <v>451</v>
+      </c>
+      <c r="F71" s="2" t="s">
+        <v>452</v>
+      </c>
+      <c r="G71" s="2" t="s">
+        <v>453</v>
+      </c>
+      <c r="H71" s="2" t="s">
+        <v>454</v>
+      </c>
+      <c r="I71" s="2" t="s">
         <v>455</v>
       </c>
-      <c r="F71" s="2" t="s">
+      <c r="J71" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K71" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="L71" s="2" t="s">
         <v>456</v>
-      </c>
-[...16 lines deleted...]
-        <v>459</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="2">
         <v>71</v>
       </c>
       <c r="B72" s="2" t="s">
-        <v>34</v>
+        <v>457</v>
       </c>
       <c r="C72" s="2">
-        <v>44874.4041666667</v>
+        <v>45726.3041666667</v>
       </c>
       <c r="D72" s="2">
-        <v>45604.4041666667</v>
+        <v>46090.3041666667</v>
       </c>
       <c r="E72" s="2" t="s">
+        <v>458</v>
+      </c>
+      <c r="F72" s="2" t="s">
+        <v>459</v>
+      </c>
+      <c r="G72" s="2" t="s">
+        <v>203</v>
+      </c>
+      <c r="H72" s="2" t="s">
         <v>460</v>
       </c>
-      <c r="F72" s="2" t="s">
+      <c r="I72" s="2" t="s">
         <v>461</v>
       </c>
-      <c r="G72" s="2" t="s">
-[...2 lines deleted...]
-      <c r="H72" s="2" t="s">
+      <c r="J72" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K72" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="L72" s="2" t="s">
         <v>462</v>
-      </c>
-[...10 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="2">
         <v>72</v>
       </c>
       <c r="B73" s="2" t="s">
+        <v>457</v>
+      </c>
+      <c r="C73" s="2">
+        <v>45726.3041666667</v>
+      </c>
+      <c r="D73" s="2">
+        <v>46090.3041666667</v>
+      </c>
+      <c r="E73" s="2" t="s">
         <v>463</v>
       </c>
-      <c r="C73" s="2">
-[...5 lines deleted...]
-      <c r="E73" s="2" t="s">
+      <c r="F73" s="2" t="s">
         <v>464</v>
       </c>
-      <c r="F73" s="2" t="s">
+      <c r="G73" s="2" t="s">
+        <v>203</v>
+      </c>
+      <c r="H73" s="2" t="s">
         <v>465</v>
       </c>
-      <c r="G73" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I73" s="2" t="s">
-        <v>273</v>
+        <v>286</v>
       </c>
       <c r="J73" s="2" t="s">
-        <v>79</v>
+        <v>18</v>
       </c>
       <c r="K73" s="2" t="s">
-        <v>19</v>
+        <v>80</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>466</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="2">
         <v>73</v>
       </c>
       <c r="B74" s="2" t="s">
+        <v>457</v>
+      </c>
+      <c r="C74" s="2">
+        <v>45726.3048611111</v>
+      </c>
+      <c r="D74" s="2">
+        <v>46090.3048611111</v>
+      </c>
+      <c r="E74" s="2" t="s">
         <v>467</v>
       </c>
-      <c r="C74" s="2">
-[...5 lines deleted...]
-      <c r="E74" s="2" t="s">
+      <c r="F74" s="2" t="s">
         <v>468</v>
       </c>
-      <c r="F74" s="2" t="s">
+      <c r="G74" s="2" t="s">
+        <v>203</v>
+      </c>
+      <c r="H74" s="2" t="s">
         <v>469</v>
       </c>
-      <c r="G74" s="2" t="s">
+      <c r="I74" s="2" t="s">
+        <v>300</v>
+      </c>
+      <c r="J74" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K74" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="L74" s="2" t="s">
         <v>470</v>
-      </c>
-[...13 lines deleted...]
-        <v>472</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="2">
         <v>74</v>
       </c>
       <c r="B75" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="C75" s="2">
+        <v>45754.2861111111</v>
+      </c>
+      <c r="D75" s="2">
+        <v>46118.2861111111</v>
+      </c>
+      <c r="E75" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F75" s="2" t="s">
         <v>473</v>
       </c>
-      <c r="C75" s="2">
-[...5 lines deleted...]
-      <c r="E75" s="2" t="s">
+      <c r="G75" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="H75" s="2" t="s">
         <v>474</v>
       </c>
-      <c r="F75" s="2" t="s">
+      <c r="I75" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="J75" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K75" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="L75" s="2" t="s">
         <v>475</v>
-      </c>
-[...16 lines deleted...]
-        <v>477</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="2">
         <v>75</v>
       </c>
       <c r="B76" s="2" t="s">
+        <v>476</v>
+      </c>
+      <c r="C76" s="2">
+        <v>45757.4020833333</v>
+      </c>
+      <c r="D76" s="2">
+        <v>46121.4020833333</v>
+      </c>
+      <c r="E76" s="2" t="s">
+        <v>477</v>
+      </c>
+      <c r="F76" s="2" t="s">
         <v>478</v>
       </c>
-      <c r="C76" s="2">
-[...5 lines deleted...]
-      <c r="E76" s="2" t="s">
+      <c r="G76" s="2" t="s">
         <v>479</v>
       </c>
-      <c r="F76" s="2" t="s">
+      <c r="H76" s="2" t="s">
         <v>480</v>
       </c>
-      <c r="G76" s="2" t="s">
+      <c r="I76" s="2" t="s">
+        <v>231</v>
+      </c>
+      <c r="J76" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K76" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="L76" s="2" t="s">
         <v>481</v>
-      </c>
-[...13 lines deleted...]
-        <v>483</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="2">
         <v>76</v>
       </c>
       <c r="B77" s="2" t="s">
+        <v>482</v>
+      </c>
+      <c r="C77" s="2">
+        <v>45757.4027777778</v>
+      </c>
+      <c r="D77" s="2">
+        <v>46121.4027777778</v>
+      </c>
+      <c r="E77" s="2" t="s">
+        <v>483</v>
+      </c>
+      <c r="F77" s="2" t="s">
         <v>484</v>
       </c>
-      <c r="C77" s="2">
-[...5 lines deleted...]
-      <c r="E77" s="2" t="s">
+      <c r="G77" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="H77" s="2" t="s">
         <v>485</v>
       </c>
-      <c r="F77" s="2" t="s">
+      <c r="I77" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J77" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K77" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="L77" s="2" t="s">
         <v>486</v>
-      </c>
-[...16 lines deleted...]
-        <v>489</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="2">
         <v>77</v>
       </c>
       <c r="B78" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="C78" s="2">
+        <v>45775.2944444444</v>
+      </c>
+      <c r="D78" s="2">
+        <v>46139.2944444444</v>
+      </c>
+      <c r="E78" s="2" t="s">
+        <v>488</v>
+      </c>
+      <c r="F78" s="2" t="s">
+        <v>489</v>
+      </c>
+      <c r="G78" s="2" t="s">
         <v>490</v>
       </c>
-      <c r="C78" s="2">
-[...5 lines deleted...]
-      <c r="E78" s="2" t="s">
+      <c r="H78" s="2" t="s">
         <v>491</v>
       </c>
-      <c r="F78" s="2" t="s">
+      <c r="I78" s="2" t="s">
         <v>492</v>
       </c>
-      <c r="G78" s="2" t="s">
+      <c r="J78" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K78" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="L78" s="2" t="s">
         <v>493</v>
-      </c>
-[...13 lines deleted...]
-        <v>496</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="2">
         <v>78</v>
       </c>
       <c r="B79" s="2" t="s">
+        <v>494</v>
+      </c>
+      <c r="C79" s="2">
+        <v>45792.3611111111</v>
+      </c>
+      <c r="D79" s="2">
+        <v>46156.3611111111</v>
+      </c>
+      <c r="E79" s="2" t="s">
+        <v>495</v>
+      </c>
+      <c r="F79" s="2" t="s">
+        <v>496</v>
+      </c>
+      <c r="G79" s="2" t="s">
         <v>497</v>
       </c>
-      <c r="C79" s="2">
-[...5 lines deleted...]
-      <c r="E79" s="2" t="s">
+      <c r="H79" s="2" t="s">
         <v>498</v>
       </c>
-      <c r="F79" s="2" t="s">
+      <c r="I79" s="2" t="s">
+        <v>293</v>
+      </c>
+      <c r="J79" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K79" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="L79" s="2" t="s">
         <v>499</v>
-      </c>
-[...16 lines deleted...]
-        <v>502</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="2">
         <v>79</v>
       </c>
       <c r="B80" s="2" t="s">
+        <v>500</v>
+      </c>
+      <c r="C80" s="2">
+        <v>45848.49375</v>
+      </c>
+      <c r="D80" s="2">
+        <v>46212.49375</v>
+      </c>
+      <c r="E80" s="2" t="s">
+        <v>501</v>
+      </c>
+      <c r="F80" s="2" t="s">
+        <v>502</v>
+      </c>
+      <c r="G80" s="2" t="s">
         <v>503</v>
       </c>
-      <c r="C80" s="2">
-[...5 lines deleted...]
-      <c r="E80" s="2" t="s">
+      <c r="H80" s="2" t="s">
         <v>504</v>
       </c>
-      <c r="F80" s="2" t="s">
+      <c r="I80" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="J80" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K80" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="L80" s="2" t="s">
         <v>505</v>
-      </c>
-[...16 lines deleted...]
-        <v>509</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="2">
         <v>80</v>
       </c>
       <c r="B81" s="2" t="s">
+        <v>506</v>
+      </c>
+      <c r="C81" s="2">
+        <v>45848.4944444444</v>
+      </c>
+      <c r="D81" s="2">
+        <v>46212.4944444444</v>
+      </c>
+      <c r="E81" s="2" t="s">
+        <v>507</v>
+      </c>
+      <c r="F81" s="2" t="s">
+        <v>508</v>
+      </c>
+      <c r="G81" s="2" t="s">
+        <v>509</v>
+      </c>
+      <c r="H81" s="2" t="s">
         <v>510</v>
       </c>
-      <c r="C81" s="2">
-[...5 lines deleted...]
-      <c r="E81" s="2" t="s">
+      <c r="I81" s="2" t="s">
         <v>511</v>
       </c>
-      <c r="F81" s="2" t="s">
+      <c r="J81" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K81" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="L81" s="2" t="s">
         <v>512</v>
-      </c>
-[...16 lines deleted...]
-        <v>515</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="2">
         <v>81</v>
       </c>
       <c r="B82" s="2" t="s">
+        <v>513</v>
+      </c>
+      <c r="C82" s="2">
+        <v>45855.5152777778</v>
+      </c>
+      <c r="D82" s="2">
+        <v>46219.5152777778</v>
+      </c>
+      <c r="E82" s="2" t="s">
+        <v>514</v>
+      </c>
+      <c r="F82" s="2" t="s">
+        <v>515</v>
+      </c>
+      <c r="G82" s="2" t="s">
         <v>516</v>
       </c>
-      <c r="C82" s="2">
-[...5 lines deleted...]
-      <c r="E82" s="2" t="s">
+      <c r="H82" s="2" t="s">
         <v>517</v>
       </c>
-      <c r="F82" s="2" t="s">
+      <c r="I82" s="2" t="s">
+        <v>327</v>
+      </c>
+      <c r="J82" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K82" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="L82" s="2" t="s">
         <v>518</v>
-      </c>
-[...16 lines deleted...]
-        <v>521</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="2">
         <v>82</v>
       </c>
       <c r="B83" s="2" t="s">
+        <v>519</v>
+      </c>
+      <c r="C83" s="2">
+        <v>45863.3298611111</v>
+      </c>
+      <c r="D83" s="2">
+        <v>46227.3298611111</v>
+      </c>
+      <c r="E83" s="2" t="s">
+        <v>520</v>
+      </c>
+      <c r="F83" s="2" t="s">
+        <v>521</v>
+      </c>
+      <c r="G83" s="2" t="s">
         <v>522</v>
       </c>
-      <c r="C83" s="2">
-[...5 lines deleted...]
-      <c r="E83" s="2" t="s">
+      <c r="H83" s="2" t="s">
         <v>523</v>
       </c>
-      <c r="F83" s="2" t="s">
+      <c r="I83" s="2" t="s">
+        <v>424</v>
+      </c>
+      <c r="J83" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K83" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="L83" s="2" t="s">
         <v>524</v>
-      </c>
-[...16 lines deleted...]
-        <v>527</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="2">
         <v>83</v>
       </c>
       <c r="B84" s="2" t="s">
-        <v>528</v>
+        <v>102</v>
       </c>
       <c r="C84" s="2">
-        <v>45008.6430555556</v>
+        <v>45874.3381944444</v>
       </c>
       <c r="D84" s="2">
-        <v>46103.6430555556</v>
+        <v>46238.3381944444</v>
       </c>
       <c r="E84" s="2" t="s">
-        <v>529</v>
+        <v>525</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>530</v>
+        <v>104</v>
       </c>
       <c r="G84" s="2" t="s">
-        <v>531</v>
+        <v>105</v>
       </c>
       <c r="H84" s="2" t="s">
-        <v>532</v>
+        <v>106</v>
       </c>
       <c r="I84" s="2" t="s">
-        <v>17</v>
+        <v>87</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="s">
-        <v>107</v>
+        <v>80</v>
       </c>
       <c r="L84" s="2" t="s">
-        <v>533</v>
+        <v>526</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="2">
         <v>84</v>
       </c>
       <c r="B85" s="2" t="s">
-        <v>534</v>
+        <v>527</v>
       </c>
       <c r="C85" s="2">
-        <v>45012.4458333333</v>
+        <v>45876.3534722222</v>
       </c>
       <c r="D85" s="2">
-        <v>45742.4458333333</v>
+        <v>46240.3534722222</v>
       </c>
       <c r="E85" s="2" t="s">
-        <v>535</v>
+        <v>528</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>536</v>
+        <v>529</v>
       </c>
       <c r="G85" s="2" t="s">
-        <v>537</v>
+        <v>530</v>
       </c>
       <c r="H85" s="2" t="s">
-        <v>538</v>
+        <v>531</v>
       </c>
       <c r="I85" s="2" t="s">
-        <v>317</v>
+        <v>17</v>
       </c>
       <c r="J85" s="2" t="s">
-        <v>79</v>
+        <v>18</v>
       </c>
       <c r="K85" s="2" t="s">
-        <v>19</v>
+        <v>80</v>
       </c>
       <c r="L85" s="2" t="s">
-        <v>539</v>
+        <v>532</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="2">
         <v>85</v>
       </c>
       <c r="B86" s="2" t="s">
-        <v>540</v>
+        <v>54</v>
       </c>
       <c r="C86" s="2">
-        <v>45012.4458333333</v>
+        <v>45887.36875</v>
       </c>
       <c r="D86" s="2">
-        <v>45742.4458333333</v>
+        <v>46251.36875</v>
       </c>
       <c r="E86" s="2" t="s">
-        <v>541</v>
+        <v>533</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>542</v>
+        <v>56</v>
       </c>
       <c r="G86" s="2" t="s">
-        <v>537</v>
+        <v>534</v>
       </c>
       <c r="H86" s="2" t="s">
-        <v>543</v>
+        <v>58</v>
       </c>
       <c r="I86" s="2" t="s">
-        <v>17</v>
+        <v>59</v>
       </c>
       <c r="J86" s="2" t="s">
-        <v>79</v>
+        <v>18</v>
       </c>
       <c r="K86" s="2" t="s">
-        <v>19</v>
+        <v>80</v>
       </c>
       <c r="L86" s="2" t="s">
-        <v>544</v>
+        <v>535</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="2">
         <v>86</v>
       </c>
       <c r="B87" s="2" t="s">
-        <v>545</v>
+        <v>536</v>
       </c>
       <c r="C87" s="2">
-        <v>45051.3354166667</v>
+        <v>45908.3694444444</v>
       </c>
       <c r="D87" s="2">
-        <v>45781.3354166667</v>
+        <v>46272.3694444444</v>
       </c>
       <c r="E87" s="2" t="s">
-        <v>546</v>
+        <v>537</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>547</v>
+        <v>538</v>
       </c>
       <c r="G87" s="2" t="s">
-        <v>548</v>
+        <v>539</v>
       </c>
       <c r="H87" s="2" t="s">
-        <v>549</v>
+        <v>540</v>
       </c>
       <c r="I87" s="2" t="s">
-        <v>453</v>
+        <v>193</v>
       </c>
       <c r="J87" s="2" t="s">
-        <v>79</v>
+        <v>18</v>
       </c>
       <c r="K87" s="2" t="s">
-        <v>107</v>
+        <v>73</v>
       </c>
       <c r="L87" s="2" t="s">
-        <v>550</v>
+        <v>541</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="2">
         <v>87</v>
       </c>
       <c r="B88" s="2" t="s">
-        <v>551</v>
+        <v>542</v>
       </c>
       <c r="C88" s="2">
-        <v>45070.3423611111</v>
+        <v>45908.3694444444</v>
       </c>
       <c r="D88" s="2">
-        <v>46165.3423611111</v>
+        <v>46272.3694444444</v>
       </c>
       <c r="E88" s="2" t="s">
-        <v>552</v>
+        <v>543</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>553</v>
+        <v>544</v>
       </c>
       <c r="G88" s="2" t="s">
-        <v>554</v>
+        <v>539</v>
       </c>
       <c r="H88" s="2" t="s">
-        <v>555</v>
+        <v>545</v>
       </c>
       <c r="I88" s="2" t="s">
-        <v>32</v>
+        <v>436</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K88" s="2" t="s">
-        <v>19</v>
+        <v>73</v>
       </c>
       <c r="L88" s="2" t="s">
-        <v>556</v>
+        <v>546</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="2">
         <v>88</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>557</v>
+        <v>547</v>
       </c>
       <c r="C89" s="2">
-        <v>45085.3423611111</v>
+        <v>45908.3701388889</v>
       </c>
       <c r="D89" s="2">
-        <v>46180.3423611111</v>
+        <v>46272.3701388889</v>
       </c>
       <c r="E89" s="2" t="s">
-        <v>558</v>
+        <v>548</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>559</v>
+        <v>549</v>
       </c>
       <c r="G89" s="2" t="s">
-        <v>126</v>
+        <v>298</v>
       </c>
       <c r="H89" s="2" t="s">
-        <v>127</v>
+        <v>550</v>
       </c>
       <c r="I89" s="2" t="s">
-        <v>560</v>
+        <v>551</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K89" s="2" t="s">
-        <v>107</v>
+        <v>80</v>
       </c>
       <c r="L89" s="2" t="s">
-        <v>561</v>
+        <v>552</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="2">
         <v>89</v>
       </c>
       <c r="B90" s="2" t="s">
-        <v>562</v>
+        <v>553</v>
       </c>
       <c r="C90" s="2">
-        <v>45100.4847222222</v>
+        <v>45909.4777777778</v>
       </c>
       <c r="D90" s="2">
-        <v>45830.4847222222</v>
+        <v>46273.4777777778</v>
       </c>
       <c r="E90" s="2" t="s">
-        <v>563</v>
+        <v>554</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>564</v>
+        <v>555</v>
       </c>
       <c r="G90" s="2" t="s">
-        <v>240</v>
+        <v>556</v>
       </c>
       <c r="H90" s="2" t="s">
-        <v>272</v>
+        <v>557</v>
       </c>
       <c r="I90" s="2" t="s">
-        <v>565</v>
+        <v>17</v>
       </c>
       <c r="J90" s="2" t="s">
-        <v>79</v>
+        <v>18</v>
       </c>
       <c r="K90" s="2" t="s">
-        <v>107</v>
+        <v>73</v>
       </c>
       <c r="L90" s="2" t="s">
-        <v>566</v>
+        <v>558</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="2">
         <v>90</v>
       </c>
       <c r="B91" s="2" t="s">
-        <v>567</v>
+        <v>559</v>
       </c>
       <c r="C91" s="2">
-        <v>45160.3041666667</v>
+        <v>45936.5083333333</v>
       </c>
       <c r="D91" s="2">
-        <v>46255.3041666667</v>
+        <v>46300.5083333333</v>
       </c>
       <c r="E91" s="2" t="s">
-        <v>568</v>
+        <v>560</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>569</v>
+        <v>561</v>
       </c>
       <c r="G91" s="2" t="s">
-        <v>570</v>
+        <v>242</v>
       </c>
       <c r="H91" s="2" t="s">
-        <v>571</v>
+        <v>562</v>
       </c>
       <c r="I91" s="2" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="J91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K91" s="2" t="s">
-        <v>19</v>
+        <v>73</v>
       </c>
       <c r="L91" s="2" t="s">
-        <v>572</v>
+        <v>563</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="2">
         <v>91</v>
       </c>
       <c r="B92" s="2" t="s">
-        <v>573</v>
+        <v>67</v>
       </c>
       <c r="C92" s="2">
-        <v>45160.3048611111</v>
+        <v>45938.3909722222</v>
       </c>
       <c r="D92" s="2">
-        <v>46255.3048611111</v>
+        <v>46302.3909722222</v>
       </c>
       <c r="E92" s="2" t="s">
-        <v>574</v>
+        <v>564</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>575</v>
+        <v>565</v>
       </c>
       <c r="G92" s="2" t="s">
-        <v>576</v>
+        <v>70</v>
       </c>
       <c r="H92" s="2" t="s">
-        <v>577</v>
+        <v>566</v>
       </c>
       <c r="I92" s="2" t="s">
-        <v>121</v>
+        <v>400</v>
       </c>
       <c r="J92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K92" s="2" t="s">
-        <v>19</v>
+        <v>73</v>
       </c>
       <c r="L92" s="2" t="s">
-        <v>578</v>
+        <v>567</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="2">
         <v>92</v>
       </c>
       <c r="B93" s="2" t="s">
-        <v>579</v>
+        <v>67</v>
       </c>
       <c r="C93" s="2">
-        <v>45195.4298611111</v>
+        <v>45938.3916666667</v>
       </c>
       <c r="D93" s="2">
-        <v>45925.4298611111</v>
+        <v>46302.3916666667</v>
       </c>
       <c r="E93" s="2" t="s">
-        <v>580</v>
+        <v>568</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>581</v>
+        <v>569</v>
       </c>
       <c r="G93" s="2" t="s">
-        <v>582</v>
+        <v>70</v>
       </c>
       <c r="H93" s="2" t="s">
-        <v>583</v>
+        <v>566</v>
       </c>
       <c r="I93" s="2" t="s">
-        <v>424</v>
+        <v>436</v>
       </c>
       <c r="J93" s="2" t="s">
-        <v>79</v>
+        <v>18</v>
       </c>
       <c r="K93" s="2" t="s">
-        <v>19</v>
+        <v>73</v>
       </c>
       <c r="L93" s="2" t="s">
-        <v>584</v>
+        <v>570</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="2">
         <v>93</v>
       </c>
       <c r="B94" s="2" t="s">
-        <v>585</v>
+        <v>571</v>
       </c>
       <c r="C94" s="2">
-        <v>45195.4305555556</v>
+        <v>45950.4375</v>
       </c>
       <c r="D94" s="2">
-        <v>46290.4305555556</v>
+        <v>46314.4375</v>
       </c>
       <c r="E94" s="2" t="s">
-        <v>586</v>
+        <v>572</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>587</v>
+        <v>573</v>
       </c>
       <c r="G94" s="2" t="s">
-        <v>582</v>
+        <v>574</v>
       </c>
       <c r="H94" s="2" t="s">
-        <v>588</v>
+        <v>575</v>
       </c>
       <c r="I94" s="2" t="s">
-        <v>255</v>
+        <v>576</v>
       </c>
       <c r="J94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K94" s="2" t="s">
-        <v>19</v>
+        <v>80</v>
       </c>
       <c r="L94" s="2" t="s">
-        <v>589</v>
+        <v>577</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="2">
         <v>94</v>
       </c>
       <c r="B95" s="2" t="s">
-        <v>590</v>
+        <v>578</v>
       </c>
       <c r="C95" s="2">
-        <v>45195.4319444444</v>
+        <v>45957.3680555556</v>
       </c>
       <c r="D95" s="2">
-        <v>46290.4319444444</v>
+        <v>46321.3680555556</v>
       </c>
       <c r="E95" s="2" t="s">
-        <v>591</v>
+        <v>579</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>592</v>
+        <v>580</v>
       </c>
       <c r="G95" s="2" t="s">
-        <v>582</v>
+        <v>70</v>
       </c>
       <c r="H95" s="2" t="s">
-        <v>593</v>
+        <v>71</v>
       </c>
       <c r="I95" s="2" t="s">
-        <v>594</v>
+        <v>406</v>
       </c>
       <c r="J95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K95" s="2" t="s">
-        <v>19</v>
+        <v>73</v>
       </c>
       <c r="L95" s="2" t="s">
-        <v>595</v>
+        <v>581</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="2">
         <v>95</v>
       </c>
       <c r="B96" s="2" t="s">
-        <v>596</v>
+        <v>582</v>
       </c>
       <c r="C96" s="2">
-        <v>45195.4326388889</v>
+        <v>45957.36875</v>
       </c>
       <c r="D96" s="2">
-        <v>45925.4326388889</v>
+        <v>46321.36875</v>
       </c>
       <c r="E96" s="2" t="s">
-        <v>597</v>
+        <v>583</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>598</v>
+        <v>584</v>
       </c>
       <c r="G96" s="2" t="s">
-        <v>582</v>
+        <v>585</v>
       </c>
       <c r="H96" s="2" t="s">
-        <v>599</v>
+        <v>586</v>
       </c>
       <c r="I96" s="2" t="s">
-        <v>600</v>
+        <v>52</v>
       </c>
       <c r="J96" s="2" t="s">
-        <v>79</v>
+        <v>18</v>
       </c>
       <c r="K96" s="2" t="s">
-        <v>19</v>
+        <v>73</v>
       </c>
       <c r="L96" s="2" t="s">
-        <v>601</v>
+        <v>587</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="2">
         <v>96</v>
       </c>
       <c r="B97" s="2" t="s">
-        <v>602</v>
+        <v>588</v>
       </c>
       <c r="C97" s="2">
-        <v>45203.4722222222</v>
+        <v>45957.3694444444</v>
       </c>
       <c r="D97" s="2">
-        <v>45933.4722222222</v>
+        <v>46321.3694444444</v>
       </c>
       <c r="E97" s="2" t="s">
-        <v>603</v>
+        <v>589</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>604</v>
+        <v>590</v>
       </c>
       <c r="G97" s="2" t="s">
-        <v>605</v>
+        <v>591</v>
       </c>
       <c r="H97" s="2" t="s">
-        <v>606</v>
+        <v>592</v>
       </c>
       <c r="I97" s="2" t="s">
-        <v>514</v>
+        <v>307</v>
       </c>
       <c r="J97" s="2" t="s">
-        <v>79</v>
+        <v>18</v>
       </c>
       <c r="K97" s="2" t="s">
-        <v>19</v>
+        <v>80</v>
       </c>
       <c r="L97" s="2" t="s">
-        <v>607</v>
+        <v>593</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="2">
         <v>97</v>
       </c>
       <c r="B98" s="2" t="s">
-        <v>608</v>
+        <v>594</v>
       </c>
       <c r="C98" s="2">
-        <v>45215.69375</v>
+        <v>45965.45</v>
       </c>
       <c r="D98" s="2">
-        <v>45945.69375</v>
+        <v>46329.45</v>
       </c>
       <c r="E98" s="2" t="s">
-        <v>609</v>
+        <v>595</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>610</v>
+        <v>596</v>
       </c>
       <c r="G98" s="2" t="s">
-        <v>611</v>
+        <v>597</v>
       </c>
       <c r="H98" s="2" t="s">
-        <v>612</v>
+        <v>598</v>
       </c>
       <c r="I98" s="2" t="s">
-        <v>424</v>
+        <v>327</v>
       </c>
       <c r="J98" s="2" t="s">
-        <v>136</v>
+        <v>18</v>
       </c>
       <c r="K98" s="2" t="s">
-        <v>19</v>
+        <v>80</v>
       </c>
       <c r="L98" s="2" t="s">
-        <v>613</v>
+        <v>599</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="2">
         <v>98</v>
       </c>
       <c r="B99" s="2" t="s">
-        <v>614</v>
+        <v>47</v>
       </c>
       <c r="C99" s="2">
-        <v>45217.425</v>
+        <v>45978.5708333333</v>
       </c>
       <c r="D99" s="2">
-        <v>45947.425</v>
+        <v>46342.5708333333</v>
       </c>
       <c r="E99" s="2" t="s">
-        <v>615</v>
+        <v>600</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>616</v>
+        <v>49</v>
       </c>
       <c r="G99" s="2" t="s">
-        <v>37</v>
+        <v>50</v>
       </c>
       <c r="H99" s="2" t="s">
-        <v>617</v>
+        <v>51</v>
       </c>
       <c r="I99" s="2" t="s">
-        <v>424</v>
+        <v>52</v>
       </c>
       <c r="J99" s="2" t="s">
-        <v>79</v>
+        <v>18</v>
       </c>
       <c r="K99" s="2" t="s">
-        <v>19</v>
+        <v>80</v>
       </c>
       <c r="L99" s="2" t="s">
-        <v>618</v>
+        <v>601</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="2">
         <v>99</v>
       </c>
       <c r="B100" s="2" t="s">
-        <v>619</v>
+        <v>61</v>
       </c>
       <c r="C100" s="2">
-        <v>45236.4916666667</v>
+        <v>45985.3423611111</v>
       </c>
       <c r="D100" s="2">
-        <v>45966.4916666667</v>
+        <v>46349.3423611111</v>
       </c>
       <c r="E100" s="2" t="s">
-        <v>620</v>
+        <v>602</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>621</v>
+        <v>63</v>
       </c>
       <c r="G100" s="2" t="s">
-        <v>278</v>
+        <v>64</v>
       </c>
       <c r="H100" s="2" t="s">
-        <v>622</v>
+        <v>65</v>
       </c>
       <c r="I100" s="2" t="s">
-        <v>623</v>
+        <v>17</v>
       </c>
       <c r="J100" s="2" t="s">
-        <v>79</v>
+        <v>18</v>
       </c>
       <c r="K100" s="2" t="s">
-        <v>19</v>
+        <v>73</v>
       </c>
       <c r="L100" s="2" t="s">
-        <v>624</v>
+        <v>603</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="2">
         <v>100</v>
       </c>
       <c r="B101" s="2" t="s">
-        <v>625</v>
+        <v>604</v>
       </c>
       <c r="C101" s="2">
-        <v>45236.4923611111</v>
+        <v>45985.3444444444</v>
       </c>
       <c r="D101" s="2">
-        <v>45966.4923611111</v>
+        <v>46349.3444444444</v>
       </c>
       <c r="E101" s="2" t="s">
-        <v>626</v>
+        <v>605</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>627</v>
+        <v>606</v>
       </c>
       <c r="G101" s="2" t="s">
-        <v>278</v>
+        <v>607</v>
       </c>
       <c r="H101" s="2" t="s">
-        <v>628</v>
+        <v>608</v>
       </c>
       <c r="I101" s="2" t="s">
-        <v>629</v>
+        <v>347</v>
       </c>
       <c r="J101" s="2" t="s">
-        <v>79</v>
+        <v>18</v>
       </c>
       <c r="K101" s="2" t="s">
-        <v>19</v>
+        <v>80</v>
       </c>
       <c r="L101" s="2" t="s">
-        <v>630</v>
+        <v>609</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="2">
         <v>101</v>
       </c>
       <c r="B102" s="2" t="s">
-        <v>631</v>
+        <v>610</v>
       </c>
       <c r="C102" s="2">
-        <v>45267.3381944444</v>
+        <v>45988.3388888889</v>
       </c>
       <c r="D102" s="2">
-        <v>46362.3381944444</v>
+        <v>46352.3388888889</v>
       </c>
       <c r="E102" s="2" t="s">
-        <v>632</v>
+        <v>611</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>633</v>
+        <v>612</v>
       </c>
       <c r="G102" s="2" t="s">
-        <v>634</v>
+        <v>556</v>
       </c>
       <c r="H102" s="2" t="s">
-        <v>635</v>
+        <v>370</v>
       </c>
       <c r="I102" s="2" t="s">
-        <v>508</v>
+        <v>347</v>
       </c>
       <c r="J102" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K102" s="2" t="s">
-        <v>107</v>
+        <v>73</v>
       </c>
       <c r="L102" s="2" t="s">
-        <v>636</v>
+        <v>613</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="2">
         <v>102</v>
       </c>
       <c r="B103" s="2" t="s">
-        <v>637</v>
+        <v>614</v>
       </c>
       <c r="C103" s="2">
-        <v>45273.3923611111</v>
+        <v>45988.3395833333</v>
       </c>
       <c r="D103" s="2">
-        <v>45638.3923611111</v>
+        <v>46352.3395833333</v>
       </c>
       <c r="E103" s="2" t="s">
-        <v>638</v>
+        <v>615</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>639</v>
+        <v>616</v>
       </c>
       <c r="G103" s="2" t="s">
-        <v>640</v>
+        <v>617</v>
       </c>
       <c r="H103" s="2" t="s">
-        <v>641</v>
+        <v>618</v>
       </c>
       <c r="I103" s="2" t="s">
-        <v>642</v>
+        <v>148</v>
       </c>
       <c r="J103" s="2" t="s">
-        <v>79</v>
+        <v>18</v>
       </c>
       <c r="K103" s="2" t="s">
-        <v>19</v>
+        <v>80</v>
       </c>
       <c r="L103" s="2" t="s">
-        <v>643</v>
+        <v>619</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="2">
         <v>103</v>
       </c>
       <c r="B104" s="2" t="s">
-        <v>644</v>
+        <v>620</v>
       </c>
       <c r="C104" s="2">
-        <v>45331.4277777778</v>
+        <v>46007.4826388889</v>
       </c>
       <c r="D104" s="2">
-        <v>46061.4277777778</v>
+        <v>46371.4826388889</v>
       </c>
       <c r="E104" s="2" t="s">
-        <v>645</v>
+        <v>621</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>646</v>
+        <v>622</v>
       </c>
       <c r="G104" s="2" t="s">
-        <v>647</v>
+        <v>623</v>
       </c>
       <c r="H104" s="2" t="s">
-        <v>648</v>
+        <v>624</v>
       </c>
       <c r="I104" s="2" t="s">
-        <v>501</v>
+        <v>625</v>
       </c>
       <c r="J104" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K104" s="2" t="s">
-        <v>19</v>
+        <v>80</v>
       </c>
       <c r="L104" s="2" t="s">
-        <v>649</v>
+        <v>626</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="2">
         <v>104</v>
       </c>
       <c r="B105" s="2" t="s">
-        <v>650</v>
+        <v>627</v>
       </c>
       <c r="C105" s="2">
-        <v>45331.4277777778</v>
+        <v>46013.2666666667</v>
       </c>
       <c r="D105" s="2">
-        <v>46061.4277777778</v>
+        <v>46377.2666666667</v>
       </c>
       <c r="E105" s="2" t="s">
-        <v>651</v>
+        <v>628</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>652</v>
+        <v>629</v>
       </c>
       <c r="G105" s="2" t="s">
-        <v>647</v>
+        <v>630</v>
       </c>
       <c r="H105" s="2" t="s">
-        <v>648</v>
+        <v>631</v>
       </c>
       <c r="I105" s="2" t="s">
-        <v>135</v>
+        <v>32</v>
       </c>
       <c r="J105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K105" s="2" t="s">
-        <v>19</v>
+        <v>80</v>
       </c>
       <c r="L105" s="2" t="s">
-        <v>653</v>
+        <v>632</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="2">
         <v>105</v>
       </c>
       <c r="B106" s="2" t="s">
-        <v>654</v>
+        <v>27</v>
       </c>
       <c r="C106" s="2">
-        <v>45331.4284722222</v>
+        <v>46013.2673611111</v>
       </c>
       <c r="D106" s="2">
-        <v>46061.4284722222</v>
+        <v>46377.2673611111</v>
       </c>
       <c r="E106" s="2" t="s">
-        <v>655</v>
+        <v>633</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>656</v>
+        <v>29</v>
       </c>
       <c r="G106" s="2" t="s">
-        <v>647</v>
+        <v>30</v>
       </c>
       <c r="H106" s="2" t="s">
-        <v>657</v>
+        <v>31</v>
       </c>
       <c r="I106" s="2" t="s">
-        <v>565</v>
+        <v>32</v>
       </c>
       <c r="J106" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K106" s="2" t="s">
-        <v>19</v>
+        <v>80</v>
       </c>
       <c r="L106" s="2" t="s">
-        <v>274</v>
+        <v>634</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="2">
         <v>106</v>
       </c>
       <c r="B107" s="2" t="s">
-        <v>658</v>
+        <v>150</v>
       </c>
       <c r="C107" s="2">
-        <v>45464.3354166667</v>
+        <v>46031.3270833333</v>
       </c>
       <c r="D107" s="2">
-        <v>46193.3354166667</v>
+        <v>46395.3270833333</v>
       </c>
       <c r="E107" s="2" t="s">
-        <v>659</v>
+        <v>635</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>660</v>
+        <v>152</v>
       </c>
       <c r="G107" s="2" t="s">
-        <v>661</v>
+        <v>153</v>
       </c>
       <c r="H107" s="2" t="s">
-        <v>662</v>
+        <v>154</v>
       </c>
       <c r="I107" s="2" t="s">
-        <v>663</v>
+        <v>155</v>
       </c>
       <c r="J107" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K107" s="2" t="s">
-        <v>107</v>
+        <v>80</v>
       </c>
       <c r="L107" s="2" t="s">
-        <v>664</v>
+        <v>636</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="2">
         <v>107</v>
       </c>
       <c r="B108" s="2" t="s">
-        <v>665</v>
+        <v>188</v>
       </c>
       <c r="C108" s="2">
-        <v>45503.3701388889</v>
+        <v>46043.3416666667</v>
       </c>
       <c r="D108" s="2">
-        <v>46232.3701388889</v>
+        <v>46407.3416666667</v>
       </c>
       <c r="E108" s="2" t="s">
-        <v>666</v>
+        <v>637</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>667</v>
+        <v>190</v>
       </c>
       <c r="G108" s="2" t="s">
-        <v>582</v>
+        <v>191</v>
       </c>
       <c r="H108" s="2" t="s">
-        <v>668</v>
+        <v>192</v>
       </c>
       <c r="I108" s="2" t="s">
-        <v>17</v>
+        <v>193</v>
       </c>
       <c r="J108" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K108" s="2" t="s">
-        <v>107</v>
+        <v>73</v>
       </c>
       <c r="L108" s="2" t="s">
-        <v>669</v>
-[...1405 lines deleted...]
-        <v>834</v>
+        <v>638</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>