--- v2 (2026-01-28)
+++ v3 (2026-03-14)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name=" Data" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="639" uniqueCount="639">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="592" uniqueCount="592">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>CertificationBody</t>
   </si>
   <si>
     <t>IssueDate</t>
   </si>
   <si>
     <t>ExpiryDate</t>
   </si>
   <si>
     <t>CertificateDocument</t>
   </si>
   <si>
     <t>Address</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
@@ -71,598 +71,347 @@
   </si>
   <si>
     <t xml:space="preserve">Unit No: A01-A06, 15th Floor, Tower - A, Empire Heights Building, Abraj Street, Business Bay, 
 P.O. Box 2834, Dubai, United Arab Emirates
 </t>
   </si>
   <si>
     <t>shaheer.marath@gmail.com</t>
   </si>
   <si>
     <t>+97144473113</t>
   </si>
   <si>
     <t>الإمارات العربية المتحدة</t>
   </si>
   <si>
     <t>فعالة</t>
   </si>
   <si>
     <t>مركز الاعتماد الخليجي (GAC)</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3607434&amp;download=true</t>
   </si>
   <si>
-    <t>راكس لخدمات اصدار شهادات الجودة ذ.م.م</t>
-[...37 lines deleted...]
-  <si>
     <t>أمانة الحلال العالمية</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=6DC5877E-F1CA-4238-AFFF-6B9CD999C8FD</t>
   </si>
   <si>
     <t>Naugarduko str. 98</t>
   </si>
   <si>
     <t>m.estemirova@worldhalaltrust.lt</t>
   </si>
   <si>
     <t>0037060252122</t>
   </si>
   <si>
     <t>ليتوانيا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2264754&amp;download=true</t>
   </si>
   <si>
     <t>المجلس الإسلامي الأعلى للحوم الحلال في أستراليا</t>
   </si>
   <si>
-    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=FEBE8A17-C8BE-4BF5-AC67-69ECC38DF5CA</t>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=7954B784-5F25-4440-98DB-294C3F29FAE2</t>
   </si>
   <si>
     <t xml:space="preserve">Unit 13, 10 Straits Avenue
 South Granville
 NSW</t>
   </si>
   <si>
     <t>halal@sichma.com.au</t>
   </si>
   <si>
     <t>0061287648833</t>
   </si>
   <si>
-    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2541719&amp;download=true</t>
-[...63 lines deleted...]
-    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=826796&amp;download=true</t>
+    <t>أستراليا</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3760311&amp;download=true</t>
   </si>
   <si>
     <t>ذي حلال ابروفل ساوث امريكا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=34BD7D1D-270F-472D-9208-8E5A382467E0</t>
   </si>
   <si>
     <t xml:space="preserve">Jorge Newbery street nr 3466, 3rd floor, office number 302.
 Buenos Aires Argentina</t>
   </si>
   <si>
     <t>k.hassani@halalapproval.com.ar</t>
   </si>
   <si>
     <t>+5491152224776</t>
   </si>
   <si>
     <t>الأرجنتين</t>
   </si>
   <si>
     <t>نظام الاعتماد الوطني الإماراتي</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2515317&amp;download=true</t>
   </si>
   <si>
     <t>HALAL FOOD AUTHORITY LTD</t>
   </si>
   <si>
-    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=F5BDBCB7-DCCB-46D4-92DE-24B72B15CA2C</t>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=64D88A6E-804A-46A2-9165-655A63FD8F23</t>
   </si>
   <si>
     <t>UNIT 15 LINEN HOUSE 253 KILBURN LANE, QUEEN'S PARK LONDON ENGLAND W10 4BQ</t>
   </si>
   <si>
     <t>hifza@halalfoodauthority.com</t>
   </si>
   <si>
     <t>004402084467127</t>
   </si>
   <si>
+    <t>المملكة المتحدة</t>
+  </si>
+  <si>
     <t>مركز الإمارات العالمي للاعتماد</t>
   </si>
   <si>
-    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2783159&amp;download=true</t>
+    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3760315&amp;download=true</t>
+  </si>
+  <si>
+    <t>Halal Feed and Food Inspection Authority (HFFIA)</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=C29FD249-4E79-4A53-94DC-81EF889AC2FC</t>
+  </si>
+  <si>
+    <t>Neherkade 3140</t>
+  </si>
+  <si>
+    <t>fitri@halal.nl</t>
+  </si>
+  <si>
+    <t>0031703649191</t>
+  </si>
+  <si>
+    <t>هولندا</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3794596&amp;download=true</t>
   </si>
   <si>
     <t>المعيار العالمي لشهادة الحلال س.ل. (معهد الحلال)</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=C28480BB-3217-4E69-9BD6-037619749CF5</t>
   </si>
   <si>
     <t>Calle Claudio Marcelo, 17, Córdoba, Spain</t>
   </si>
   <si>
     <t>international@institutohalal.com</t>
   </si>
   <si>
     <t>+34957634071</t>
   </si>
   <si>
     <t>اسبانيا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2131993&amp;download=true</t>
   </si>
   <si>
-    <t>Australian Halal Authority and Advisers Pty. Ltd.</t>
-[...33 lines deleted...]
-    <t>00914445579432</t>
+    <t>بلحلال</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=B29100BA-7B42-4367-AB9E-857ED65D70C6</t>
+  </si>
+  <si>
+    <t>Griboedova str. 29-61</t>
+  </si>
+  <si>
+    <t>belhalal@yandex.ru</t>
+  </si>
+  <si>
+    <t>+375293541854</t>
+  </si>
+  <si>
+    <t>بيلاروس</t>
+  </si>
+  <si>
+    <t>مركز اعتماد روسيا البيضاء</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=833149&amp;download=true</t>
+  </si>
+  <si>
+    <t>جمعية الوقف الاسلامي باليابان</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=AC526A8D-9A2B-4FC8-83B9-7E29D928229E</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Masjid Otsuka Bldg. 3-42-11 Minami Otsuka Toshima-Ku Tokyo </t>
+  </si>
+  <si>
+    <t>japanislamictrust.halal@gmail.com</t>
+  </si>
+  <si>
+    <t>0081339715631</t>
+  </si>
+  <si>
+    <t>اليابان</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2711117&amp;download=true</t>
+  </si>
+  <si>
+    <t>حلال الاستشارية</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=AD0A2A67-3E7C-4188-999F-DEBB33B8F661</t>
+  </si>
+  <si>
+    <t xml:space="preserve">C/ Antonio Márquez Muñoz nº 30 Pol. Ind. el Pinillo Torremolinos, Malaga </t>
+  </si>
+  <si>
+    <t>info@halalconsulting.es</t>
+  </si>
+  <si>
+    <t>+34951770923</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2674503&amp;download=true</t>
+  </si>
+  <si>
+    <t>المعهد البولندي للحلال</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=21F87DA3-3A1C-403D-9869-12C750A5C103</t>
+  </si>
+  <si>
+    <t>Os. Lecha 42/21</t>
+  </si>
+  <si>
+    <t>kontakt@institutehalal.com</t>
+  </si>
+  <si>
+    <t>0048618206100</t>
+  </si>
+  <si>
+    <t>بولندا</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3819805&amp;download=true</t>
+  </si>
+  <si>
+    <t>RACS QUALITY CERTIFICATION PRIVATE LIMITED</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=8AAA9B8F-7A13-4140-923D-5A3CAF3A4171</t>
+  </si>
+  <si>
+    <t>i-Thum, A-40, Tower A, Ground Floor, Sector 62, Noida, Gautam Buddha Nagar, Uttar Pradesh, India, 201301</t>
+  </si>
+  <si>
+    <t>quality@racs.ae</t>
+  </si>
+  <si>
+    <t>+971556775427</t>
   </si>
   <si>
     <t>الهند</t>
   </si>
   <si>
-    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2744675&amp;download=true</t>
-[...199 lines deleted...]
-    <t>0039 0236587564</t>
+    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2731644&amp;download=true</t>
+  </si>
+  <si>
+    <t>مراقبة جودة الحلال في اليونان</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=2010C46D-E9E6-44E8-B83F-7AC9CCCAA925</t>
+  </si>
+  <si>
+    <t>Sourmenon 56, 55131, Thessaloniki, Greece</t>
+  </si>
+  <si>
+    <t>wasim@halaloffice.com</t>
+  </si>
+  <si>
+    <t>+31654307707</t>
+  </si>
+  <si>
+    <t>اليونان</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=&amp;download=true</t>
+  </si>
+  <si>
+    <t>فامبراس حلال</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=AAE63238-567D-4476-8DD5-24FBA024646C</t>
+  </si>
+  <si>
+    <t>Rua Tejupá 192, Jabaquara</t>
+  </si>
+  <si>
+    <t>nizar@fambrashalal.com.br</t>
+  </si>
+  <si>
+    <t>00551150350820</t>
+  </si>
+  <si>
+    <t>البرازيل</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=925776&amp;download=true</t>
+  </si>
+  <si>
+    <t>Halal Quality Control Italy</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=2B38C717-4107-49F3-88C5-06926B5E2192</t>
+  </si>
+  <si>
+    <t>Via Michele Bellizzi 9, 87012, Castrovillari (CS)</t>
+  </si>
+  <si>
+    <t>00393389652911</t>
   </si>
   <si>
     <t>إيطاليا</t>
   </si>
   <si>
-    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2541720&amp;download=true</t>
-[...89 lines deleted...]
-  <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3034462&amp;download=true</t>
   </si>
   <si>
     <t>هاليكس</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=EE31E17D-B125-49F7-B765-84A23393648F</t>
   </si>
   <si>
     <t>111 7th Avenue, Kantarolka Galbeed, 70108, Garowe, Puntland, Somalia</t>
   </si>
   <si>
     <t>info@halics.org</t>
   </si>
   <si>
     <t>+252905185047</t>
   </si>
   <si>
     <t>الصومال</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=492685&amp;download=true</t>
   </si>
   <si>
     <t>الجماعة الإسلامية في البوسنة و الهرسك -هيئة شهادات الحلا</t>
@@ -677,50 +426,53 @@
     <t>agency@halal.ba</t>
   </si>
   <si>
     <t>00387 35 258 427</t>
   </si>
   <si>
     <t>البوسنة والهرسك</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2841438&amp;download=true</t>
   </si>
   <si>
     <t>Halal Conformity Services</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=2B43C892-884E-46E6-A2F5-3D3E973D91DB</t>
   </si>
   <si>
     <t>3105 Great North Road, New Lynn, Auckland 0600, New Zealand</t>
   </si>
   <si>
     <t>admin@halalcs.co.nz</t>
   </si>
   <si>
     <t>+6498250390</t>
+  </si>
+  <si>
+    <t>نيوزيلندا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3079531&amp;download=true</t>
   </si>
   <si>
     <t xml:space="preserve">جي يو ايج ايف سرتیفیکیشن براویت لیمیتید </t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=138D3CD9-861C-4E8D-8D85-7D4739591739</t>
   </si>
   <si>
     <t xml:space="preserve">Imam Bada Compound, Imam Bada Road, 
 Near. Mughal Masjid, Bhindi Bazar, Mumbai
 400009, Maharashtra, India </t>
   </si>
   <si>
     <t>contact@halalhind.com</t>
   </si>
   <si>
     <t>002223759169</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2109005&amp;download=true</t>
   </si>
   <si>
@@ -756,53 +508,50 @@
   </si>
   <si>
     <t>+96824717218</t>
   </si>
   <si>
     <t>عمان</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2108975&amp;download=true</t>
   </si>
   <si>
     <t>مكتب مراقبة جودة الحلال في هولندا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=6B2EA674-D792-4DCA-B7B1-08DF0ACE91B5</t>
   </si>
   <si>
     <t xml:space="preserve">Laan van Meerdervoort 53d
 2517 AE, Den Haag</t>
   </si>
   <si>
     <t>accreditation.moiat.poland@halaloffice.com</t>
   </si>
   <si>
     <t>0031703469795</t>
-  </si>
-[...1 lines deleted...]
-    <t>هولندا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2783158&amp;download=true</t>
   </si>
   <si>
     <t>حلال ابروفل ساوث امريكا لخدمات إصدار الشهادة</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=061682E6-0D2C-489B-8E65-E8BD10F670BD</t>
   </si>
   <si>
     <t>Street Dr Chucri Zaidan, 1550, floor 11°. sala 1116. Bairro Morumbi, São Paulo, cep 04583-110. Brasil.</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3321851&amp;download=true</t>
   </si>
   <si>
     <t xml:space="preserve">شركة راكس لإصدار شهادات الجودة </t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=369AF718-2797-4F7B-AED1-0907F1CDE8E1</t>
   </si>
   <si>
     <t>The Thames Suite, Office no. 5, 133 Creek Road, Greenwich, London, SE8 3BU, United Kingdom</t>
   </si>
@@ -843,50 +592,53 @@
     <t>Australian Halal Development &amp; Accreditation</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=9FCD7774-9490-4F92-B08D-2E6E1A21801E</t>
   </si>
   <si>
     <t xml:space="preserve">9 Beaudesert Road, Archerfield, Brisbane, Qld 4108,  Australia</t>
   </si>
   <si>
     <t>info@ahdaa.com.au</t>
   </si>
   <si>
     <t>+61732751077</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3079530&amp;download=true</t>
   </si>
   <si>
     <t>Prime Certification and Inspection Asia Pacific Inc.</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=195788A9-FF96-486D-BB5A-CF88E79D39BF</t>
   </si>
   <si>
     <t>Unit R-04, 3rd Floor Allegro Center, Chino Roces Avenue Extension, Brgy.Magallanes, Makati City, Philippines</t>
+  </si>
+  <si>
+    <t>shiju.m@uaeprime.com</t>
   </si>
   <si>
     <t>+639284041002</t>
   </si>
   <si>
     <t>الفلبين</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2272416&amp;download=true</t>
   </si>
   <si>
     <t>Halal Monitoring Committee (HMC)</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=D4647E9D-7215-40DE-94E0-A8034FE1E7C9</t>
   </si>
   <si>
     <t xml:space="preserve">Leicester Business Centre
 111 Ross Walk
 Leicester 
 LE5 5HH
 UK</t>
   </si>
   <si>
     <t>nadeem.adam@halalhmc.org</t>
@@ -943,68 +695,68 @@
   <si>
     <t xml:space="preserve"> شرق أفريقيا مركز تأكيد الحلال </t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=5FDAB788-93F2-4DA2-900E-FFB71F849DE3</t>
   </si>
   <si>
     <t>PO BOX 8992 GPO Nairobi- Kenya</t>
   </si>
   <si>
     <t>HalalQMS@halalcorrect.com</t>
   </si>
   <si>
     <t>+254122419194</t>
   </si>
   <si>
     <t>كينيا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3321850&amp;download=true</t>
   </si>
   <si>
     <t>المجلس الإسلامي للغذاء والتغذية الكندي</t>
   </si>
   <si>
-    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=AFF1D7F9-93C9-422C-840C-A5713C2970D9</t>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=16CCB2E5-176C-4F2A-871F-E72532E1C20D</t>
   </si>
   <si>
     <t xml:space="preserve">130 Dundas Street East, Suite 206
 Mississauga, ON L5A 3V8
 </t>
   </si>
   <si>
     <t>adeela.dilbar@ifancc.org</t>
   </si>
   <si>
     <t>+19052750477</t>
   </si>
   <si>
     <t>كندا</t>
   </si>
   <si>
-    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2918620&amp;download=true</t>
+    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3810409&amp;download=true</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=DC24878A-03A1-4476-9AF0-9C10FA0D01B2</t>
   </si>
   <si>
     <t>K. Mukhamedkhanov street 21, 010000, Esil district, Nur-Sultan, Kazakhstan</t>
   </si>
   <si>
     <t>007172574 732</t>
   </si>
   <si>
     <t>كازاخستان</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2325144&amp;download=true</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=8C54EF99-CF80-4F87-8031-EF0BF88BF3EF</t>
   </si>
   <si>
     <t xml:space="preserve">Sadik Azimov str 50 office 406, 100047, Tashkent, Uzbekistan
 </t>
   </si>
   <si>
     <t>00998 999 303 311</t>
@@ -1043,68 +795,50 @@
     <t>الصين</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2479453&amp;download=true</t>
   </si>
   <si>
     <t>المجلس الأعلى للشؤن الإسلامية فى اقليم أوروميا - إدارة ترخيص منتخبات الحلال</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=C54CA163-875E-4221-975A-1A69EA5DC838</t>
   </si>
   <si>
     <t>Near Addis Ababa Stadium, Lion House Building-2, Fifth Floor</t>
   </si>
   <si>
     <t>oriasc14@gmail.com</t>
   </si>
   <si>
     <t>002515154347</t>
   </si>
   <si>
     <t>إثيوبيا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3638128&amp;download=true</t>
-  </si>
-[...16 lines deleted...]
-    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=884017&amp;download=true</t>
   </si>
   <si>
     <t>مركز التعامل بالحلال في أوماها</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=8845980B-5E8C-4403-B16C-014EC2793FD3</t>
   </si>
   <si>
     <t>11636 West Center Rd., Omaha, Nebraska</t>
   </si>
   <si>
     <t>jalot.absy@halaltransactions.org</t>
   </si>
   <si>
     <t>0015726120</t>
   </si>
   <si>
     <t>الولايات المتحدة</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3642760&amp;download=true</t>
   </si>
   <si>
     <t>GulfTIC Certification LLC</t>
   </si>
@@ -1285,101 +1019,50 @@
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3522283&amp;download=true</t>
   </si>
   <si>
     <t>HALALCO</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=93C9245C-47CB-47DE-B9D1-8E1652188613</t>
   </si>
   <si>
     <t xml:space="preserve">1360 PEACHTREE STREET NE, SUITE 930
 ATLANTA, GEORGIA 30309
 USA</t>
   </si>
   <si>
     <t>mtaha@halalco.us</t>
   </si>
   <si>
     <t>+14049417017</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3473270&amp;download=true</t>
   </si>
   <si>
-    <t xml:space="preserve">IIDC Austria Islamic Information Documentation and Certification GmbH </t>
-[...49 lines deleted...]
-  <si>
     <t>URUGUAY ISLAMIC CENTER</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=80DE7790-E998-4FB5-91D5-FE1EFBE03372</t>
   </si>
   <si>
     <t>soriano 1364</t>
   </si>
   <si>
     <t>manager@halaluruguay.uy</t>
   </si>
   <si>
     <t>+971112334445</t>
   </si>
   <si>
     <t>أوروغواي</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3069609&amp;download=true</t>
   </si>
   <si>
     <t>شهادة جودة مركز الحلال</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=410A17C8-6301-4EF4-99E7-446CB8214C15</t>
@@ -1417,87 +1100,87 @@
   <si>
     <t>مركز شهادات الحلال في تشيلي</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=F5BABB91-C463-431B-9939-2532A51F5ECE</t>
   </si>
   <si>
     <t>Santiago Office: Marchant Pereira 201 Office 701 Providencia - Santiago de CHILE</t>
   </si>
   <si>
     <t>gerencia@chilehalal.com</t>
   </si>
   <si>
     <t>00222255547</t>
   </si>
   <si>
     <t>شيلي</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2475629&amp;download=true</t>
   </si>
   <si>
     <t>Horn of Africa Livestock Improvement and Conformity Services (HALICS)</t>
   </si>
   <si>
-    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=AD6ED6F4-89AB-4922-8CFA-4D2A409782F2</t>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=C9208FA6-CBB9-4604-AFFD-E574EE14AD64</t>
   </si>
   <si>
     <t xml:space="preserve">1st Floor, Lourdel Towers, Lourdel Road, Kampala Uganda </t>
   </si>
   <si>
     <t>+256754220689</t>
   </si>
   <si>
     <t>أوغندا</t>
   </si>
   <si>
-    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2711111&amp;download=true</t>
-[...2 lines deleted...]
-    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=5B5D7E28-9690-4AEE-A3D5-6368DDC58C1A</t>
+    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3760313&amp;download=true</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=484E1E86-B033-49C5-8462-921950DD44E1</t>
   </si>
   <si>
     <t>Region Dar Es Salaam, District llala CBD, Ward Kariakoo, Street Majimaji Road Temeke</t>
   </si>
   <si>
     <t>+255717113947</t>
   </si>
   <si>
-    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2711112&amp;download=true</t>
-[...2 lines deleted...]
-    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=265AA037-D390-4DB1-A800-DF690BEDEC77</t>
+    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3760312&amp;download=true</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=029A6D5F-B65C-45A4-9129-45ADBB0844C8</t>
   </si>
   <si>
     <t>A1 GROUND FLOOR, AFLAH APARTMENT, MUINAMI STREET, EASTLEIGH, NAIROBI KENYA</t>
   </si>
   <si>
     <t>+254722131385</t>
   </si>
   <si>
-    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2711113&amp;download=true</t>
+    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3760314&amp;download=true</t>
   </si>
   <si>
     <t>HALAL FOOD AUTHORITY</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=4976EED3-E819-4790-ABF3-8FE11A39F2EC</t>
   </si>
   <si>
     <t xml:space="preserve">Girulių g, Vilnius, LT-12112
 </t>
   </si>
   <si>
     <t>00447427555702</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=2792059&amp;download=true</t>
   </si>
   <si>
     <t>شهادة الحلال العالمية (خاصة محدودة)</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=3CB146CA-58D4-4831-BA0E-5176BAA60F89</t>
   </si>
   <si>
     <t xml:space="preserve">Suite A-2, 2nd Floor, Plot 83-C, Khayaban e Jami, Phase 7, DHA, Karachi, Pakistan </t>
@@ -1618,112 +1301,122 @@
   <si>
     <t>tiejiabao@foxmail.com</t>
   </si>
   <si>
     <t>0086 029 88638790</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3069599&amp;download=true</t>
   </si>
   <si>
     <t>حلال كنترول</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=FD07EB5D-1158-46DE-92FE-805B5C5FCB66</t>
   </si>
   <si>
     <t>Stahlstrasse 44, 65428 Ruesselsheim am Main, Germany</t>
   </si>
   <si>
     <t>mtatari@halalcontrol.de</t>
   </si>
   <si>
     <t>004961423019870</t>
   </si>
   <si>
+    <t>ألمانيا</t>
+  </si>
+  <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3088601&amp;download=true</t>
   </si>
   <si>
+    <t>حلال فود آند كواليتي</t>
+  </si>
+  <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=920D3B5E-145E-4A7C-9D22-B701C589B6A3</t>
   </si>
   <si>
+    <t xml:space="preserve">Plaza Ramon de la Sota 9 | Oficina 103 | C.P. 46520 Puerto de Sagunto (Valencia)
+Spain</t>
+  </si>
+  <si>
+    <t>kamel@halalfoodquality.es</t>
+  </si>
+  <si>
+    <t>00349610339443</t>
+  </si>
+  <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3117788&amp;download=true</t>
   </si>
   <si>
     <t>شركة الرواد لنظم الجودة والشهادات فرع دبي</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=2F68506B-0E92-4476-B7D9-5B9573525EB7</t>
   </si>
   <si>
     <t>UAE - Dubai - ALghanim Bulding, Office No. 505-4 - Parcel ID 124-226, ALMurqabat Plot No.3780-0</t>
   </si>
   <si>
     <t>info@pqscert-eg.com</t>
   </si>
   <si>
     <t>00971583080429</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3129291&amp;download=true</t>
   </si>
   <si>
+    <t>NZIDT Ltd</t>
+  </si>
+  <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=7AC1FEC0-414B-4480-B1FA-4F3C9BA0ADB3</t>
   </si>
   <si>
+    <t>Level 2, Building A, 600 Great South Road, Greenlane, Auckland, New Zealand</t>
+  </si>
+  <si>
     <t>halal@nzidt.co.nz</t>
   </si>
   <si>
+    <t>006493068934</t>
+  </si>
+  <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3155389&amp;download=true</t>
-  </si>
-[...16 lines deleted...]
-    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3225454&amp;download=true</t>
   </si>
   <si>
     <t>آي إس إي جي حلال أمريكا اللاتينية إس إيه</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=D2F3A295-9F35-4306-8BED-858B0FB718D6</t>
   </si>
   <si>
     <t xml:space="preserve">World Trade Center II, Ofc. 1111 - Montevideo, Uruguay
 </t>
+  </si>
+  <si>
+    <t>nasser_zeidan@hotmail.com</t>
   </si>
   <si>
     <t>0059826233720</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3225456&amp;download=true</t>
   </si>
   <si>
     <t>مركز علوم الحلال وإصدار الشهادات الحلال</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=9B025631-A0F1-4DD9-9BC8-CB9C4D419D33</t>
   </si>
   <si>
     <t xml:space="preserve"> Building “SLIM”, 2nd floor, Euro Street, Tunis 1053</t>
   </si>
   <si>
     <t>00021671734580</t>
   </si>
   <si>
     <t>تونس</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3225460&amp;download=true</t>
   </si>
@@ -1850,59 +1543,87 @@
   <si>
     <t>0016045836007</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3385978&amp;download=true</t>
   </si>
   <si>
     <t>جهة إصدارشهادات الحلال في شاندونغ</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=55B935EC-5706-4D86-967E-A0229931DB7D</t>
   </si>
   <si>
     <t xml:space="preserve">Room 410, No. 96, Jingqi Road, Downtown, Jinan, Shandong Province, P.R China </t>
   </si>
   <si>
     <t>i@ehalal.cn</t>
   </si>
   <si>
     <t>008653181767296</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3410355&amp;download=true</t>
   </si>
   <si>
+    <t>Halal Certification Europe (HCE)</t>
+  </si>
+  <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=1CB7CEFA-22AA-4984-B3BA-D5B21A892A73</t>
   </si>
   <si>
+    <t xml:space="preserve">PO Box 1786
+Leicester</t>
+  </si>
+  <si>
+    <t>firdous@halalce.com</t>
+  </si>
+  <si>
+    <t>00441162738228</t>
+  </si>
+  <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3448308&amp;download=true</t>
   </si>
   <si>
+    <t>أس جي أس جلف ليمتد</t>
+  </si>
+  <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=F92F0152-7CB1-4F44-BABB-2561607362AB</t>
   </si>
   <si>
+    <t xml:space="preserve">P.O.Box: 18556, 
+Jebel Ali Free Zone,
+Dubai, United Arab Emirates
+</t>
+  </si>
+  <si>
+    <t>Sithara.Hatim@sgs.com</t>
+  </si>
+  <si>
+    <t>0097148809393</t>
+  </si>
+  <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3473271&amp;download=true</t>
   </si>
   <si>
     <t>American Halal Foundation</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=CBF621C8-16FE-4636-9EB9-3693480B8C8D</t>
   </si>
   <si>
     <t>10347 Cross Creek Blvd Suite C, Tampa, FL 33647, United States</t>
   </si>
   <si>
     <t>azmi@halalfoundation.org</t>
   </si>
   <si>
     <t>0016307594981</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3473272&amp;download=true</t>
   </si>
   <si>
     <t>ذا حلال ابروفال ذ.م.م</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=4F734C24-E20D-4DF9-9841-1CC3C1F46514</t>
@@ -1949,66 +1670,198 @@
   <si>
     <t>كرواتيا</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3545061&amp;download=true</t>
   </si>
   <si>
     <t>هيئة ترخيص المنتجات الحلال</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=66C01485-7400-482A-A26E-9CD063991DA6</t>
   </si>
   <si>
     <t>Level 5, 90 Pitt Street, Sydney NSW 2000</t>
   </si>
   <si>
     <t>nadia@halalauthority.org</t>
   </si>
   <si>
     <t>+61292326731</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3559780&amp;download=true</t>
   </si>
   <si>
+    <t>Islamic Co-ordinating Council of Victoria Pty Ltd</t>
+  </si>
+  <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=74C5C687-7629-4010-8EAB-AF905E0EDC40</t>
   </si>
   <si>
+    <t>12 Howes Street, Airport West, Victoria 3042</t>
+  </si>
+  <si>
+    <t>Office@iccv.com.au</t>
+  </si>
+  <si>
+    <t>+61 3 9380 5467</t>
+  </si>
+  <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3559782&amp;download=true</t>
   </si>
   <si>
+    <t>Halal Certification Agency - HCA Vietnam</t>
+  </si>
+  <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=8C4094C8-E0B2-4267-9DAF-4B7AABA36034</t>
   </si>
   <si>
+    <t>129B Tran Dang Ninh, Cau Giay, Hanoi, Vietnam</t>
+  </si>
+  <si>
+    <t>halal@halal.vn</t>
+  </si>
+  <si>
+    <t>008402462693741</t>
+  </si>
+  <si>
+    <t>فييت نام</t>
+  </si>
+  <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3622466&amp;download=true</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=A7A3B8DE-4C59-4136-9841-881F6144AD0C</t>
   </si>
   <si>
     <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3662563&amp;download=true</t>
+  </si>
+  <si>
+    <t>GHC GLOBAL HALAL CERTIFICATION COMPANY LIMITED</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=8FBCA857-6182-42B5-9854-FC9205BAE250</t>
+  </si>
+  <si>
+    <t>2B3, Street no. 22, Quarter 4, Hiep Binh Chanh Ward, Thu Duc City, Ho Chi Minh City, Vietnam</t>
+  </si>
+  <si>
+    <t>certify@halalghc.com</t>
+  </si>
+  <si>
+    <t>+84 976283553</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3720569&amp;download=true</t>
+  </si>
+  <si>
+    <t>ذا حلال ابروفال المَكْسيك</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=0A5B6A4E-0D6D-405D-BD77-918C8388B658</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hermosillo </t>
+  </si>
+  <si>
+    <t>hamedsobhi@gmail.com</t>
+  </si>
+  <si>
+    <t>+18322864149</t>
+  </si>
+  <si>
+    <t>المكسيك</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3749233&amp;download=true</t>
+  </si>
+  <si>
+    <t>ذا حلال ابروفال</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=D68A40FB-252C-41D2-AEC8-267D4899B799</t>
+  </si>
+  <si>
+    <t>1133 Mesa Cres, Mississauga, Ontario, Canada, L5H 4B3</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3751412&amp;download=true</t>
+  </si>
+  <si>
+    <t>المعهد الكازاخستاني للتقييس والمترولوجيا</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=A02AE568-FB15-4636-9AB9-BB19A80C28AE</t>
+  </si>
+  <si>
+    <t>11, Mangilik Yel avenue</t>
+  </si>
+  <si>
+    <t>karaulovkuat@gmail.com</t>
+  </si>
+  <si>
+    <t>+77172795985</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3776962&amp;download=true</t>
+  </si>
+  <si>
+    <t>لجنة الحلال بجمهورية تتارستان</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=26D6F234-7D71-4616-8E2F-ADB16970B027</t>
+  </si>
+  <si>
+    <t>420108, Russian Federation, Republic of Tatarstan, Kazan, st. Magistralnaya, 22</t>
+  </si>
+  <si>
+    <t>vipolegl@gmail.com</t>
+  </si>
+  <si>
+    <t>00971585964018</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3804191&amp;download=true</t>
+  </si>
+  <si>
+    <t>الخليجية الاردنية للاختبارات</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/eservices/download-certificate?guid=8DBCAE5C-83B4-455B-9D56-76A7F2FF3B2E</t>
+  </si>
+  <si>
+    <t xml:space="preserve">B.88, 3rd Floor, Alber Trading Complex, Youssef Ben Tashfeenn Street, Al-Shmiesani, Amman, Jordan. </t>
+  </si>
+  <si>
+    <t>00962791067827</t>
+  </si>
+  <si>
+    <t>الأردن</t>
+  </si>
+  <si>
+    <t>https://eservices.moiat.gov.ae/backend/api/v1.1/UploadAttachment/GetAttachmentByRecordId?recordAttachmentId=3810442&amp;download=true</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFFFFFF" tint="0"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
@@ -2043,61 +1896,61 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" fillId="2" applyFill="1" xfId="0"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" borderId="1" applyBorder="1" xfId="0">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:L108"/>
+  <dimension ref="A1:L96"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="1"/>
-    <col min="2" max="2" width="66.3077774047852" customWidth="1"/>
+    <col min="2" max="2" width="64.4314727783203" customWidth="1"/>
     <col min="3" max="3" width="12.8945598602295" customWidth="1"/>
     <col min="4" max="4" width="12.8945598602295" customWidth="1"/>
-    <col min="5" max="5" width="101.799942016602" customWidth="1"/>
+    <col min="5" max="5" width="101.46745300293" customWidth="1"/>
     <col min="6" max="6" width="101.903274536133" customWidth="1"/>
     <col min="7" max="7" width="40.6196250915527" customWidth="1"/>
     <col min="8" max="8" width="18.7935543060303" customWidth="1"/>
     <col min="9" max="9" width="18.3365879058838" customWidth="1"/>
     <col min="10" max="10" width="9.140625" customWidth="1"/>
     <col min="11" max="11" width="22.1955890655518" customWidth="1"/>
     <col min="12" max="12" width="129.108627319336" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
@@ -2147,4049 +2000,3593 @@
       </c>
       <c r="H2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="I2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="2">
         <v>2</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C3" s="2">
-        <v>42418.4923611111</v>
+        <v>44070.7215277778</v>
       </c>
       <c r="D3" s="2">
-        <v>46070.4923611111</v>
+        <v>46260.7222222222</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>24</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I3" s="2" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2">
         <v>3</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C4" s="2">
-        <v>43514.1756944444</v>
+        <v>42779.4951388889</v>
       </c>
       <c r="D4" s="2">
-        <v>46070.1756944444</v>
+        <v>46430.4951388889</v>
       </c>
       <c r="E4" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G4" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="H4" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="I4" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2">
         <v>4</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C5" s="2">
-        <v>44070.7215277778</v>
+        <v>44207.7340277778</v>
       </c>
       <c r="D5" s="2">
-        <v>46260.7222222222</v>
+        <v>46398.0263888889</v>
       </c>
       <c r="E5" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G5" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H5" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="I5" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2">
         <v>5</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="C6" s="2">
-        <v>42779.4951388889</v>
+        <v>44319.0229166667</v>
       </c>
       <c r="D6" s="2">
-        <v>46065.4951388889</v>
+        <v>46509.1902777778</v>
       </c>
       <c r="E6" s="2" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="G6" s="2" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="H6" s="2" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="I6" s="2" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>19</v>
+        <v>49</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2">
         <v>6</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="C7" s="2">
-        <v>42779.3756944444</v>
+        <v>43114.8645833333</v>
       </c>
       <c r="D7" s="2">
-        <v>46065.3763888889</v>
+        <v>46400.6979166667</v>
       </c>
       <c r="E7" s="2" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="G7" s="2" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="H7" s="2" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="I7" s="2" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2">
         <v>7</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="C8" s="2">
-        <v>42418.2236111111</v>
+        <v>44319.5027777778</v>
       </c>
       <c r="D8" s="2">
-        <v>46070.2236111111</v>
+        <v>46144.5034722222</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="G8" s="2" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="H8" s="2" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="I8" s="2" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>19</v>
+        <v>49</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2">
         <v>8</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="C9" s="2">
-        <v>42779.4763888889</v>
+        <v>43479.6826388889</v>
       </c>
       <c r="D9" s="2">
-        <v>46065.4763888889</v>
+        <v>46400.6833333333</v>
       </c>
       <c r="E9" s="2" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="G9" s="2" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="H9" s="2" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="I9" s="2" t="s">
-        <v>17</v>
+        <v>70</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>19</v>
+        <v>71</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2">
         <v>9</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="C10" s="2">
-        <v>44207.7340277778</v>
+        <v>42816.7430555556</v>
       </c>
       <c r="D10" s="2">
-        <v>46398.0263888889</v>
+        <v>46102.74375</v>
       </c>
       <c r="E10" s="2" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="G10" s="2" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="H10" s="2" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="I10" s="2" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>73</v>
+        <v>49</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2">
         <v>10</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="C11" s="2">
-        <v>44319.0229166667</v>
+        <v>43191.1666666667</v>
       </c>
       <c r="D11" s="2">
-        <v>46144.1902777778</v>
+        <v>46112.6666666667</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="G11" s="2" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="H11" s="2" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="I11" s="2" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>80</v>
+        <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2">
         <v>11</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="C12" s="2">
-        <v>44319.5027777778</v>
+        <v>44305.8277777778</v>
       </c>
       <c r="D12" s="2">
-        <v>46144.5034722222</v>
+        <v>46495.9125</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="G12" s="2" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="H12" s="2" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="I12" s="2" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>80</v>
+        <v>49</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2">
         <v>12</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="C13" s="2">
-        <v>44623.7583333333</v>
+        <v>44319.3333333333</v>
       </c>
       <c r="D13" s="2">
-        <v>46083.5916666667</v>
+        <v>46144.3333333333</v>
       </c>
       <c r="E13" s="2" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="G13" s="2" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="H13" s="2" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="I13" s="2" t="s">
-        <v>32</v>
+        <v>98</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2">
         <v>13</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="C14" s="2">
-        <v>44623.7791666667</v>
+        <v>44714.5131944444</v>
       </c>
       <c r="D14" s="2">
-        <v>46083.7791666667</v>
+        <v>46174.5131944444</v>
       </c>
       <c r="E14" s="2" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="G14" s="2" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="H14" s="2" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="I14" s="2" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>80</v>
+        <v>49</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2">
         <v>14</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="C15" s="2">
-        <v>43166.49375</v>
+        <v>42886.3333333333</v>
       </c>
       <c r="D15" s="2">
-        <v>46087.49375</v>
+        <v>46172.3333333333</v>
       </c>
       <c r="E15" s="2" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="G15" s="2" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="H15" s="2" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="I15" s="2" t="s">
-        <v>87</v>
+        <v>112</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2">
         <v>15</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="C16" s="2">
-        <v>43479.6826388889</v>
+        <v>44722.5347222222</v>
       </c>
       <c r="D16" s="2">
-        <v>46400.6833333333</v>
+        <v>46182.5347222222</v>
       </c>
       <c r="E16" s="2" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="G16" s="2" t="s">
-        <v>111</v>
+        <v>103</v>
       </c>
       <c r="H16" s="2" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="I16" s="2" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>114</v>
+        <v>49</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2">
         <v>16</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="C17" s="2">
-        <v>43892.7916666667</v>
+        <v>44729.5833333333</v>
       </c>
       <c r="D17" s="2">
-        <v>46082.7923611111</v>
+        <v>46189.5833333333</v>
       </c>
       <c r="E17" s="2" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="G17" s="2" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="H17" s="2" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="I17" s="2" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>80</v>
+        <v>49</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2">
         <v>17</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="C18" s="2">
-        <v>42779.4763888889</v>
+        <v>44294.3333333333</v>
       </c>
       <c r="D18" s="2">
-        <v>46065.4770833333</v>
+        <v>46119.3333333333</v>
       </c>
       <c r="E18" s="2" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="G18" s="2" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="H18" s="2" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="I18" s="2" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>19</v>
+        <v>49</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2">
         <v>18</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="C19" s="2">
-        <v>42816.7430555556</v>
+        <v>44382.3333333333</v>
       </c>
       <c r="D19" s="2">
-        <v>46102.74375</v>
+        <v>46207.3333333333</v>
       </c>
       <c r="E19" s="2" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="G19" s="2" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="H19" s="2" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="I19" s="2" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>80</v>
+        <v>49</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2">
         <v>19</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="C20" s="2">
-        <v>43191.1666666667</v>
+        <v>44392.3333333333</v>
       </c>
       <c r="D20" s="2">
-        <v>46112.6666666667</v>
+        <v>46217.3333333333</v>
       </c>
       <c r="E20" s="2" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G20" s="2" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="H20" s="2" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="I20" s="2" t="s">
-        <v>87</v>
+        <v>98</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>19</v>
+        <v>49</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2">
         <v>20</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="C21" s="2">
-        <v>44305.8277777778</v>
+        <v>44735.6305555556</v>
       </c>
       <c r="D21" s="2">
-        <v>46130.9125</v>
+        <v>46195.6305555556</v>
       </c>
       <c r="E21" s="2" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="G21" s="2" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="H21" s="2" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="I21" s="2" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>80</v>
+        <v>19</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>149</v>
+        <v>106</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2">
         <v>21</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="C22" s="2">
-        <v>42779.3833333333</v>
+        <v>44746.53125</v>
       </c>
       <c r="D22" s="2">
-        <v>46065.3840277778</v>
+        <v>46206.53125</v>
       </c>
       <c r="E22" s="2" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="G22" s="2" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="H22" s="2" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="I22" s="2" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2">
         <v>22</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="C23" s="2">
-        <v>42779.4055555556</v>
+        <v>44018.3333333333</v>
       </c>
       <c r="D23" s="2">
-        <v>46065.4055555556</v>
+        <v>46208.3333333333</v>
       </c>
       <c r="E23" s="2" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="G23" s="2" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="H23" s="2" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="I23" s="2" t="s">
-        <v>135</v>
+        <v>56</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>19</v>
+        <v>49</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2">
         <v>23</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="C24" s="2">
-        <v>43501.1666666667</v>
+        <v>44455.5</v>
       </c>
       <c r="D24" s="2">
-        <v>46057.5</v>
+        <v>46280.1666666667</v>
       </c>
       <c r="E24" s="2" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="G24" s="2" t="s">
-        <v>166</v>
+        <v>38</v>
       </c>
       <c r="H24" s="2" t="s">
-        <v>167</v>
+        <v>39</v>
       </c>
       <c r="I24" s="2" t="s">
-        <v>168</v>
+        <v>112</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2">
         <v>24</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>170</v>
       </c>
       <c r="C25" s="2">
-        <v>42800.0715277778</v>
+        <v>44164.3333333333</v>
       </c>
       <c r="D25" s="2">
-        <v>46086.0715277778</v>
+        <v>46354.3333333333</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>171</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>172</v>
       </c>
       <c r="G25" s="2" t="s">
         <v>173</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>174</v>
       </c>
       <c r="I25" s="2" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>80</v>
+        <v>19</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2">
         <v>25</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>176</v>
       </c>
       <c r="C26" s="2">
-        <v>44319.3333333333</v>
+        <v>44098.3333333333</v>
       </c>
       <c r="D26" s="2">
-        <v>46144.3333333333</v>
+        <v>46288.3333333333</v>
       </c>
       <c r="E26" s="2" t="s">
         <v>177</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>178</v>
       </c>
       <c r="G26" s="2" t="s">
-        <v>24</v>
+        <v>179</v>
       </c>
       <c r="H26" s="2" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="I26" s="2" t="s">
-        <v>100</v>
+        <v>181</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>19</v>
+        <v>49</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2">
         <v>26</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="C27" s="2">
-        <v>44714.5131944444</v>
+        <v>44438.3333333333</v>
       </c>
       <c r="D27" s="2">
-        <v>46174.5131944444</v>
+        <v>46263.3333333333</v>
       </c>
       <c r="E27" s="2" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="G27" s="2" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="H27" s="2" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="I27" s="2" t="s">
-        <v>186</v>
+        <v>33</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>80</v>
+        <v>49</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2">
         <v>27</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C28" s="2">
-        <v>42886.3333333333</v>
+        <v>43352.3333333333</v>
       </c>
       <c r="D28" s="2">
-        <v>46172.3333333333</v>
+        <v>46273.3333333333</v>
       </c>
       <c r="E28" s="2" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="G28" s="2" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="H28" s="2" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="I28" s="2" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>19</v>
+        <v>49</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2">
         <v>28</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C29" s="2">
-        <v>44722.5347222222</v>
+        <v>43439.3333333333</v>
       </c>
       <c r="D29" s="2">
-        <v>46182.5347222222</v>
+        <v>46360.3333333333</v>
       </c>
       <c r="E29" s="2" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="G29" s="2" t="s">
-        <v>184</v>
+        <v>199</v>
       </c>
       <c r="H29" s="2" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="I29" s="2" t="s">
-        <v>168</v>
+        <v>48</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>80</v>
+        <v>19</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2">
         <v>29</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="C30" s="2">
-        <v>44729.5833333333</v>
+        <v>44416.3333333333</v>
       </c>
       <c r="D30" s="2">
-        <v>46189.5833333333</v>
+        <v>46241.3333333333</v>
       </c>
       <c r="E30" s="2" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="G30" s="2" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="H30" s="2" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="I30" s="2" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>80</v>
+        <v>49</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2">
         <v>30</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="C31" s="2">
-        <v>44294.3333333333</v>
+        <v>44517.3333333333</v>
       </c>
       <c r="D31" s="2">
-        <v>46119.3333333333</v>
+        <v>46342.3333333333</v>
       </c>
       <c r="E31" s="2" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="G31" s="2" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="H31" s="2" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="I31" s="2" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>80</v>
+        <v>19</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2">
         <v>31</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C32" s="2">
-        <v>44382.3333333333</v>
+        <v>44098.3333333333</v>
       </c>
       <c r="D32" s="2">
-        <v>46207.3333333333</v>
+        <v>46288.3333333333</v>
       </c>
       <c r="E32" s="2" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="G32" s="2" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="H32" s="2" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I32" s="2" t="s">
-        <v>59</v>
+        <v>221</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>80</v>
+        <v>49</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2">
         <v>32</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="C33" s="2">
-        <v>44392.3333333333</v>
+        <v>44305.3333333333</v>
       </c>
       <c r="D33" s="2">
-        <v>46217.3333333333</v>
+        <v>46495.3333333333</v>
       </c>
       <c r="E33" s="2" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="G33" s="2" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="H33" s="2" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="I33" s="2" t="s">
-        <v>100</v>
+        <v>228</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>80</v>
+        <v>49</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2">
         <v>33</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>226</v>
+        <v>21</v>
       </c>
       <c r="C34" s="2">
-        <v>44735.6305555556</v>
+        <v>44874.4034722222</v>
       </c>
       <c r="D34" s="2">
-        <v>46195.6305555556</v>
+        <v>46334.4034722222</v>
       </c>
       <c r="E34" s="2" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="G34" s="2" t="s">
-        <v>229</v>
+        <v>24</v>
       </c>
       <c r="H34" s="2" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="I34" s="2" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>187</v>
+        <v>234</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2">
         <v>34</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>232</v>
+        <v>21</v>
       </c>
       <c r="C35" s="2">
-        <v>44746.53125</v>
+        <v>44874.4041666667</v>
       </c>
       <c r="D35" s="2">
-        <v>46206.53125</v>
+        <v>46334.4041666667</v>
       </c>
       <c r="E35" s="2" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="G35" s="2" t="s">
-        <v>235</v>
+        <v>24</v>
       </c>
       <c r="H35" s="2" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="I35" s="2" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L35" s="2" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2">
         <v>35</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>239</v>
+        <v>21</v>
       </c>
       <c r="C36" s="2">
-        <v>44018.3333333333</v>
+        <v>44874.4041666667</v>
       </c>
       <c r="D36" s="2">
-        <v>46208.3333333333</v>
+        <v>46334.4041666667</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>240</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>241</v>
       </c>
       <c r="G36" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="H36" s="2" t="s">
         <v>242</v>
       </c>
-      <c r="H36" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I36" s="2" t="s">
-        <v>244</v>
+        <v>48</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>80</v>
+        <v>19</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>245</v>
+        <v>106</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2">
         <v>36</v>
       </c>
       <c r="B37" s="2" t="s">
+        <v>243</v>
+      </c>
+      <c r="C37" s="2">
+        <v>44876.3513888889</v>
+      </c>
+      <c r="D37" s="2">
+        <v>46336.3513888889</v>
+      </c>
+      <c r="E37" s="2" t="s">
+        <v>244</v>
+      </c>
+      <c r="F37" s="2" t="s">
+        <v>245</v>
+      </c>
+      <c r="G37" s="2" t="s">
         <v>246</v>
       </c>
-      <c r="C37" s="2">
-[...5 lines deleted...]
-      <c r="E37" s="2" t="s">
+      <c r="H37" s="2" t="s">
         <v>247</v>
       </c>
-      <c r="F37" s="2" t="s">
+      <c r="I37" s="2" t="s">
         <v>248</v>
       </c>
-      <c r="G37" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>73</v>
+        <v>19</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2">
         <v>37</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>250</v>
       </c>
       <c r="C38" s="2">
-        <v>44164.3333333333</v>
+        <v>44910.5041666667</v>
       </c>
       <c r="D38" s="2">
-        <v>46354.3333333333</v>
+        <v>46370.5041666667</v>
       </c>
       <c r="E38" s="2" t="s">
         <v>251</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>252</v>
       </c>
       <c r="G38" s="2" t="s">
         <v>253</v>
       </c>
       <c r="H38" s="2" t="s">
         <v>254</v>
       </c>
       <c r="I38" s="2" t="s">
-        <v>52</v>
+        <v>255</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>19</v>
+        <v>49</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2">
         <v>38</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C39" s="2">
-        <v>44098.3333333333</v>
+        <v>45007.5902777778</v>
       </c>
       <c r="D39" s="2">
-        <v>46288.3333333333</v>
+        <v>46467.5902777778</v>
       </c>
       <c r="E39" s="2" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="G39" s="2" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H39" s="2" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="I39" s="2" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>80</v>
+        <v>49</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2">
         <v>39</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C40" s="2">
-        <v>44438.3333333333</v>
+        <v>45008.6430555556</v>
       </c>
       <c r="D40" s="2">
-        <v>46263.3333333333</v>
+        <v>46103.6430555556</v>
       </c>
       <c r="E40" s="2" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="G40" s="2" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="H40" s="2" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="I40" s="2" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>80</v>
+        <v>49</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2">
         <v>40</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C41" s="2">
-        <v>43352.3333333333</v>
+        <v>45070.3423611111</v>
       </c>
       <c r="D41" s="2">
-        <v>46273.3333333333</v>
+        <v>46165.3423611111</v>
       </c>
       <c r="E41" s="2" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="G41" s="2" t="s">
-        <v>173</v>
+        <v>273</v>
       </c>
       <c r="H41" s="2" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="I41" s="2" t="s">
-        <v>273</v>
+        <v>33</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>80</v>
+        <v>19</v>
       </c>
       <c r="L41" s="2" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2">
         <v>41</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C42" s="2">
-        <v>43439.3333333333</v>
+        <v>45085.3423611111</v>
       </c>
       <c r="D42" s="2">
-        <v>46360.3333333333</v>
+        <v>46180.3423611111</v>
       </c>
       <c r="E42" s="2" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="G42" s="2" t="s">
-        <v>278</v>
+        <v>61</v>
       </c>
       <c r="H42" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="I42" s="2" t="s">
         <v>279</v>
       </c>
-      <c r="I42" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>19</v>
+        <v>49</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2">
         <v>42</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>281</v>
       </c>
       <c r="C43" s="2">
-        <v>44416.3333333333</v>
+        <v>45160.3041666667</v>
       </c>
       <c r="D43" s="2">
-        <v>46241.3333333333</v>
+        <v>46255.3041666667</v>
       </c>
       <c r="E43" s="2" t="s">
         <v>282</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>283</v>
       </c>
       <c r="G43" s="2" t="s">
         <v>284</v>
       </c>
       <c r="H43" s="2" t="s">
         <v>285</v>
       </c>
       <c r="I43" s="2" t="s">
+        <v>262</v>
+      </c>
+      <c r="J43" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K43" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L43" s="2" t="s">
         <v>286</v>
-      </c>
-[...7 lines deleted...]
-        <v>287</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2">
         <v>43</v>
       </c>
       <c r="B44" s="2" t="s">
+        <v>287</v>
+      </c>
+      <c r="C44" s="2">
+        <v>45160.3048611111</v>
+      </c>
+      <c r="D44" s="2">
+        <v>46255.3048611111</v>
+      </c>
+      <c r="E44" s="2" t="s">
         <v>288</v>
       </c>
-      <c r="C44" s="2">
-[...5 lines deleted...]
-      <c r="E44" s="2" t="s">
+      <c r="F44" s="2" t="s">
         <v>289</v>
       </c>
-      <c r="F44" s="2" t="s">
+      <c r="G44" s="2" t="s">
         <v>290</v>
       </c>
-      <c r="G44" s="2" t="s">
+      <c r="H44" s="2" t="s">
         <v>291</v>
       </c>
-      <c r="H44" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I44" s="2" t="s">
-        <v>293</v>
+        <v>98</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2">
         <v>44</v>
       </c>
       <c r="B45" s="2" t="s">
+        <v>293</v>
+      </c>
+      <c r="C45" s="2">
+        <v>45195.4305555556</v>
+      </c>
+      <c r="D45" s="2">
+        <v>46290.4305555556</v>
+      </c>
+      <c r="E45" s="2" t="s">
+        <v>294</v>
+      </c>
+      <c r="F45" s="2" t="s">
         <v>295</v>
       </c>
-      <c r="C45" s="2">
-[...5 lines deleted...]
-      <c r="E45" s="2" t="s">
+      <c r="G45" s="2" t="s">
         <v>296</v>
       </c>
-      <c r="F45" s="2" t="s">
+      <c r="H45" s="2" t="s">
         <v>297</v>
       </c>
-      <c r="G45" s="2" t="s">
+      <c r="I45" s="2" t="s">
         <v>298</v>
       </c>
-      <c r="H45" s="2" t="s">
+      <c r="J45" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K45" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L45" s="2" t="s">
         <v>299</v>
-      </c>
-[...10 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2">
         <v>45</v>
       </c>
       <c r="B46" s="2" t="s">
+        <v>300</v>
+      </c>
+      <c r="C46" s="2">
+        <v>45195.4319444444</v>
+      </c>
+      <c r="D46" s="2">
+        <v>46290.4319444444</v>
+      </c>
+      <c r="E46" s="2" t="s">
+        <v>301</v>
+      </c>
+      <c r="F46" s="2" t="s">
         <v>302</v>
       </c>
-      <c r="C46" s="2">
-[...5 lines deleted...]
-      <c r="E46" s="2" t="s">
+      <c r="G46" s="2" t="s">
+        <v>296</v>
+      </c>
+      <c r="H46" s="2" t="s">
         <v>303</v>
       </c>
-      <c r="F46" s="2" t="s">
+      <c r="I46" s="2" t="s">
         <v>304</v>
       </c>
-      <c r="G46" s="2" t="s">
+      <c r="J46" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K46" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="L46" s="2" t="s">
         <v>305</v>
-      </c>
-[...13 lines deleted...]
-        <v>308</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2">
         <v>46</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>34</v>
+        <v>306</v>
       </c>
       <c r="C47" s="2">
-        <v>44874.4034722222</v>
+        <v>45217.425</v>
       </c>
       <c r="D47" s="2">
-        <v>46334.4034722222</v>
+        <v>46312.425</v>
       </c>
       <c r="E47" s="2" t="s">
+        <v>307</v>
+      </c>
+      <c r="F47" s="2" t="s">
+        <v>308</v>
+      </c>
+      <c r="G47" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="H47" s="2" t="s">
         <v>309</v>
       </c>
-      <c r="F47" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I47" s="2" t="s">
-        <v>312</v>
+        <v>214</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2">
         <v>47</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>34</v>
+        <v>311</v>
       </c>
       <c r="C48" s="2">
-        <v>44874.4041666667</v>
+        <v>45236.4916666667</v>
       </c>
       <c r="D48" s="2">
-        <v>46334.4041666667</v>
+        <v>46331.4916666667</v>
       </c>
       <c r="E48" s="2" t="s">
+        <v>312</v>
+      </c>
+      <c r="F48" s="2" t="s">
+        <v>313</v>
+      </c>
+      <c r="G48" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="H48" s="2" t="s">
         <v>314</v>
       </c>
-      <c r="F48" s="2" t="s">
+      <c r="I48" s="2" t="s">
         <v>315</v>
-      </c>
-[...7 lines deleted...]
-        <v>317</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2">
         <v>48</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>34</v>
+        <v>317</v>
       </c>
       <c r="C49" s="2">
-        <v>44874.4041666667</v>
+        <v>45236.4923611111</v>
       </c>
       <c r="D49" s="2">
-        <v>46334.4041666667</v>
+        <v>46331.4923611111</v>
       </c>
       <c r="E49" s="2" t="s">
+        <v>318</v>
+      </c>
+      <c r="F49" s="2" t="s">
         <v>319</v>
       </c>
-      <c r="F49" s="2" t="s">
+      <c r="G49" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="H49" s="2" t="s">
         <v>320</v>
       </c>
-      <c r="G49" s="2" t="s">
-[...2 lines deleted...]
-      <c r="H49" s="2" t="s">
+      <c r="I49" s="2" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L49" s="2" t="s">
-        <v>187</v>
+        <v>322</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2">
         <v>49</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C50" s="2">
-        <v>44876.3513888889</v>
+        <v>45267.3381944444</v>
       </c>
       <c r="D50" s="2">
-        <v>46336.3513888889</v>
+        <v>46362.3381944444</v>
       </c>
       <c r="E50" s="2" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="G50" s="2" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="H50" s="2" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="I50" s="2" t="s">
-        <v>327</v>
+        <v>262</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>19</v>
+        <v>49</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>328</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2">
         <v>50</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>329</v>
       </c>
       <c r="C51" s="2">
-        <v>44910.5041666667</v>
+        <v>45464.3354166667</v>
       </c>
       <c r="D51" s="2">
-        <v>46370.5041666667</v>
+        <v>46193.3354166667</v>
       </c>
       <c r="E51" s="2" t="s">
         <v>330</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>331</v>
       </c>
       <c r="G51" s="2" t="s">
         <v>332</v>
       </c>
       <c r="H51" s="2" t="s">
         <v>333</v>
       </c>
       <c r="I51" s="2" t="s">
         <v>334</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>80</v>
+        <v>49</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2">
         <v>51</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>336</v>
       </c>
       <c r="C52" s="2">
-        <v>44987.4368055556</v>
+        <v>45503.3701388889</v>
       </c>
       <c r="D52" s="2">
-        <v>46082.4368055556</v>
+        <v>46232.3701388889</v>
       </c>
       <c r="E52" s="2" t="s">
         <v>337</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>338</v>
       </c>
       <c r="G52" s="2" t="s">
-        <v>85</v>
+        <v>296</v>
       </c>
       <c r="H52" s="2" t="s">
         <v>339</v>
       </c>
       <c r="I52" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J52" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K52" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="L52" s="2" t="s">
         <v>340</v>
-      </c>
-[...7 lines deleted...]
-        <v>341</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2">
         <v>52</v>
       </c>
       <c r="B53" s="2" t="s">
+        <v>341</v>
+      </c>
+      <c r="C53" s="2">
+        <v>45587.425</v>
+      </c>
+      <c r="D53" s="2">
+        <v>46316.425</v>
+      </c>
+      <c r="E53" s="2" t="s">
         <v>342</v>
       </c>
-      <c r="C53" s="2">
-[...5 lines deleted...]
-      <c r="E53" s="2" t="s">
+      <c r="F53" s="2" t="s">
         <v>343</v>
       </c>
-      <c r="F53" s="2" t="s">
+      <c r="G53" s="2" t="s">
         <v>344</v>
       </c>
-      <c r="G53" s="2" t="s">
+      <c r="H53" s="2" t="s">
         <v>345</v>
       </c>
-      <c r="H53" s="2" t="s">
+      <c r="I53" s="2" t="s">
         <v>346</v>
       </c>
-      <c r="I53" s="2" t="s">
+      <c r="J53" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K53" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="L53" s="2" t="s">
         <v>347</v>
-      </c>
-[...7 lines deleted...]
-        <v>348</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2">
         <v>53</v>
       </c>
       <c r="B54" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="C54" s="2">
+        <v>45632.3673611111</v>
+      </c>
+      <c r="D54" s="2">
+        <v>46361.3673611111</v>
+      </c>
+      <c r="E54" s="2" t="s">
         <v>349</v>
       </c>
-      <c r="C54" s="2">
-[...5 lines deleted...]
-      <c r="E54" s="2" t="s">
+      <c r="F54" s="2" t="s">
         <v>350</v>
       </c>
-      <c r="F54" s="2" t="s">
+      <c r="G54" s="2" t="s">
         <v>351</v>
       </c>
-      <c r="G54" s="2" t="s">
+      <c r="H54" s="2" t="s">
         <v>352</v>
       </c>
-      <c r="H54" s="2" t="s">
+      <c r="I54" s="2" t="s">
         <v>353</v>
       </c>
-      <c r="I54" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>80</v>
+        <v>41</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2">
         <v>54</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>355</v>
       </c>
       <c r="C55" s="2">
-        <v>45070.3423611111</v>
+        <v>45726.3041666667</v>
       </c>
       <c r="D55" s="2">
-        <v>46165.3423611111</v>
+        <v>46455.3041666667</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>356</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>357</v>
       </c>
       <c r="G55" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="H55" s="2" t="s">
         <v>358</v>
       </c>
-      <c r="H55" s="2" t="s">
+      <c r="I55" s="2" t="s">
         <v>359</v>
       </c>
-      <c r="I55" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>19</v>
+        <v>49</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2">
         <v>55</v>
       </c>
       <c r="B56" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="C56" s="2">
+        <v>45726.3041666667</v>
+      </c>
+      <c r="D56" s="2">
+        <v>46455.3041666667</v>
+      </c>
+      <c r="E56" s="2" t="s">
         <v>361</v>
       </c>
-      <c r="C56" s="2">
-[...5 lines deleted...]
-      <c r="E56" s="2" t="s">
+      <c r="F56" s="2" t="s">
         <v>362</v>
       </c>
-      <c r="F56" s="2" t="s">
+      <c r="G56" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="H56" s="2" t="s">
         <v>363</v>
       </c>
-      <c r="G56" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I56" s="2" t="s">
+        <v>207</v>
+      </c>
+      <c r="J56" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K56" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="L56" s="2" t="s">
         <v>364</v>
-      </c>
-[...7 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2">
         <v>56</v>
       </c>
       <c r="B57" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="C57" s="2">
+        <v>45726.3048611111</v>
+      </c>
+      <c r="D57" s="2">
+        <v>46455.3048611111</v>
+      </c>
+      <c r="E57" s="2" t="s">
+        <v>365</v>
+      </c>
+      <c r="F57" s="2" t="s">
         <v>366</v>
       </c>
-      <c r="C57" s="2">
-[...5 lines deleted...]
-      <c r="E57" s="2" t="s">
+      <c r="G57" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="H57" s="2" t="s">
         <v>367</v>
       </c>
-      <c r="F57" s="2" t="s">
+      <c r="I57" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="J57" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K57" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="L57" s="2" t="s">
         <v>368</v>
-      </c>
-[...16 lines deleted...]
-        <v>371</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="2">
         <v>57</v>
       </c>
       <c r="B58" s="2" t="s">
+        <v>369</v>
+      </c>
+      <c r="C58" s="2">
+        <v>45754.2861111111</v>
+      </c>
+      <c r="D58" s="2">
+        <v>46118.2861111111</v>
+      </c>
+      <c r="E58" s="2" t="s">
+        <v>370</v>
+      </c>
+      <c r="F58" s="2" t="s">
+        <v>371</v>
+      </c>
+      <c r="G58" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="H58" s="2" t="s">
         <v>372</v>
       </c>
-      <c r="C58" s="2">
-[...5 lines deleted...]
-      <c r="E58" s="2" t="s">
+      <c r="I58" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="J58" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K58" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="L58" s="2" t="s">
         <v>373</v>
-      </c>
-[...19 lines deleted...]
-        <v>377</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="2">
         <v>58</v>
       </c>
       <c r="B59" s="2" t="s">
+        <v>374</v>
+      </c>
+      <c r="C59" s="2">
+        <v>45757.4020833333</v>
+      </c>
+      <c r="D59" s="2">
+        <v>46121.4020833333</v>
+      </c>
+      <c r="E59" s="2" t="s">
+        <v>375</v>
+      </c>
+      <c r="F59" s="2" t="s">
+        <v>376</v>
+      </c>
+      <c r="G59" s="2" t="s">
+        <v>377</v>
+      </c>
+      <c r="H59" s="2" t="s">
         <v>378</v>
       </c>
-      <c r="C59" s="2">
-[...5 lines deleted...]
-      <c r="E59" s="2" t="s">
+      <c r="I59" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="J59" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K59" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="L59" s="2" t="s">
         <v>379</v>
-      </c>
-[...19 lines deleted...]
-        <v>384</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="2">
         <v>59</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="C60" s="2">
-        <v>45195.4319444444</v>
+        <v>45757.4027777778</v>
       </c>
       <c r="D60" s="2">
-        <v>46290.4319444444</v>
+        <v>46121.4027777778</v>
       </c>
       <c r="E60" s="2" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="G60" s="2" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="H60" s="2" t="s">
-        <v>388</v>
+        <v>383</v>
       </c>
       <c r="I60" s="2" t="s">
-        <v>389</v>
+        <v>17</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
       <c r="L60" s="2" t="s">
-        <v>390</v>
+        <v>384</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="2">
         <v>60</v>
       </c>
       <c r="B61" s="2" t="s">
+        <v>385</v>
+      </c>
+      <c r="C61" s="2">
+        <v>45775.2944444444</v>
+      </c>
+      <c r="D61" s="2">
+        <v>46139.2944444444</v>
+      </c>
+      <c r="E61" s="2" t="s">
+        <v>386</v>
+      </c>
+      <c r="F61" s="2" t="s">
+        <v>387</v>
+      </c>
+      <c r="G61" s="2" t="s">
+        <v>388</v>
+      </c>
+      <c r="H61" s="2" t="s">
+        <v>389</v>
+      </c>
+      <c r="I61" s="2" t="s">
+        <v>390</v>
+      </c>
+      <c r="J61" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K61" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="L61" s="2" t="s">
         <v>391</v>
-      </c>
-[...28 lines deleted...]
-        <v>395</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="2">
         <v>61</v>
       </c>
       <c r="B62" s="2" t="s">
+        <v>392</v>
+      </c>
+      <c r="C62" s="2">
+        <v>45792.3611111111</v>
+      </c>
+      <c r="D62" s="2">
+        <v>46156.3611111111</v>
+      </c>
+      <c r="E62" s="2" t="s">
+        <v>393</v>
+      </c>
+      <c r="F62" s="2" t="s">
+        <v>394</v>
+      </c>
+      <c r="G62" s="2" t="s">
+        <v>395</v>
+      </c>
+      <c r="H62" s="2" t="s">
         <v>396</v>
       </c>
-      <c r="C62" s="2">
-[...5 lines deleted...]
-      <c r="E62" s="2" t="s">
+      <c r="I62" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="J62" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K62" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="L62" s="2" t="s">
         <v>397</v>
-      </c>
-[...19 lines deleted...]
-        <v>401</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="2">
         <v>62</v>
       </c>
       <c r="B63" s="2" t="s">
+        <v>398</v>
+      </c>
+      <c r="C63" s="2">
+        <v>45848.49375</v>
+      </c>
+      <c r="D63" s="2">
+        <v>46212.49375</v>
+      </c>
+      <c r="E63" s="2" t="s">
+        <v>399</v>
+      </c>
+      <c r="F63" s="2" t="s">
+        <v>400</v>
+      </c>
+      <c r="G63" s="2" t="s">
+        <v>401</v>
+      </c>
+      <c r="H63" s="2" t="s">
         <v>402</v>
       </c>
-      <c r="C63" s="2">
-[...5 lines deleted...]
-      <c r="E63" s="2" t="s">
+      <c r="I63" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="J63" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K63" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="L63" s="2" t="s">
         <v>403</v>
-      </c>
-[...19 lines deleted...]
-        <v>407</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="2">
         <v>63</v>
       </c>
       <c r="B64" s="2" t="s">
+        <v>404</v>
+      </c>
+      <c r="C64" s="2">
+        <v>45848.4944444444</v>
+      </c>
+      <c r="D64" s="2">
+        <v>46212.4944444444</v>
+      </c>
+      <c r="E64" s="2" t="s">
+        <v>405</v>
+      </c>
+      <c r="F64" s="2" t="s">
+        <v>406</v>
+      </c>
+      <c r="G64" s="2" t="s">
+        <v>407</v>
+      </c>
+      <c r="H64" s="2" t="s">
         <v>408</v>
       </c>
-      <c r="C64" s="2">
-[...5 lines deleted...]
-      <c r="E64" s="2" t="s">
+      <c r="I64" s="2" t="s">
         <v>409</v>
       </c>
-      <c r="F64" s="2" t="s">
+      <c r="J64" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K64" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="L64" s="2" t="s">
         <v>410</v>
-      </c>
-[...16 lines deleted...]
-        <v>413</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="2">
         <v>64</v>
       </c>
       <c r="B65" s="2" t="s">
+        <v>411</v>
+      </c>
+      <c r="C65" s="2">
+        <v>45855.5152777778</v>
+      </c>
+      <c r="D65" s="2">
+        <v>46219.5152777778</v>
+      </c>
+      <c r="E65" s="2" t="s">
+        <v>412</v>
+      </c>
+      <c r="F65" s="2" t="s">
+        <v>413</v>
+      </c>
+      <c r="G65" s="2" t="s">
         <v>414</v>
       </c>
-      <c r="C65" s="2">
-[...5 lines deleted...]
-      <c r="E65" s="2" t="s">
+      <c r="H65" s="2" t="s">
         <v>415</v>
       </c>
-      <c r="F65" s="2" t="s">
+      <c r="I65" s="2" t="s">
+        <v>248</v>
+      </c>
+      <c r="J65" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K65" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="L65" s="2" t="s">
         <v>416</v>
-      </c>
-[...16 lines deleted...]
-        <v>420</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="2">
         <v>65</v>
       </c>
       <c r="B66" s="2" t="s">
+        <v>417</v>
+      </c>
+      <c r="C66" s="2">
+        <v>45863.3298611111</v>
+      </c>
+      <c r="D66" s="2">
+        <v>46227.3298611111</v>
+      </c>
+      <c r="E66" s="2" t="s">
+        <v>418</v>
+      </c>
+      <c r="F66" s="2" t="s">
+        <v>419</v>
+      </c>
+      <c r="G66" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="H66" s="2" t="s">
         <v>421</v>
       </c>
-      <c r="C66" s="2">
-[...5 lines deleted...]
-      <c r="E66" s="2" t="s">
+      <c r="I66" s="2" t="s">
         <v>422</v>
       </c>
-      <c r="F66" s="2" t="s">
+      <c r="J66" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K66" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="L66" s="2" t="s">
         <v>423</v>
-      </c>
-[...16 lines deleted...]
-        <v>425</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="2">
         <v>66</v>
       </c>
       <c r="B67" s="2" t="s">
+        <v>424</v>
+      </c>
+      <c r="C67" s="2">
+        <v>45874.3381944444</v>
+      </c>
+      <c r="D67" s="2">
+        <v>46238.3381944444</v>
+      </c>
+      <c r="E67" s="2" t="s">
+        <v>425</v>
+      </c>
+      <c r="F67" s="2" t="s">
         <v>426</v>
       </c>
-      <c r="C67" s="2">
-[...5 lines deleted...]
-      <c r="E67" s="2" t="s">
+      <c r="G67" s="2" t="s">
         <v>427</v>
       </c>
-      <c r="F67" s="2" t="s">
+      <c r="H67" s="2" t="s">
         <v>428</v>
       </c>
-      <c r="G67" s="2" t="s">
-[...2 lines deleted...]
-      <c r="H67" s="2" t="s">
+      <c r="I67" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="J67" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K67" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="L67" s="2" t="s">
         <v>429</v>
-      </c>
-[...10 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="2">
         <v>67</v>
       </c>
       <c r="B68" s="2" t="s">
+        <v>430</v>
+      </c>
+      <c r="C68" s="2">
+        <v>45876.3534722222</v>
+      </c>
+      <c r="D68" s="2">
+        <v>46240.3534722222</v>
+      </c>
+      <c r="E68" s="2" t="s">
         <v>431</v>
       </c>
-      <c r="C68" s="2">
-[...5 lines deleted...]
-      <c r="E68" s="2" t="s">
+      <c r="F68" s="2" t="s">
         <v>432</v>
       </c>
-      <c r="F68" s="2" t="s">
+      <c r="G68" s="2" t="s">
         <v>433</v>
       </c>
-      <c r="G68" s="2" t="s">
+      <c r="H68" s="2" t="s">
         <v>434</v>
       </c>
-      <c r="H68" s="2" t="s">
+      <c r="I68" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J68" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K68" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="L68" s="2" t="s">
         <v>435</v>
-      </c>
-[...10 lines deleted...]
-        <v>437</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="2">
         <v>68</v>
       </c>
       <c r="B69" s="2" t="s">
+        <v>436</v>
+      </c>
+      <c r="C69" s="2">
+        <v>45887.36875</v>
+      </c>
+      <c r="D69" s="2">
+        <v>46251.36875</v>
+      </c>
+      <c r="E69" s="2" t="s">
+        <v>437</v>
+      </c>
+      <c r="F69" s="2" t="s">
         <v>438</v>
       </c>
-      <c r="C69" s="2">
-[...5 lines deleted...]
-      <c r="E69" s="2" t="s">
+      <c r="G69" s="2" t="s">
         <v>439</v>
       </c>
-      <c r="F69" s="2" t="s">
+      <c r="H69" s="2" t="s">
         <v>440</v>
       </c>
-      <c r="G69" s="2" t="s">
-[...2 lines deleted...]
-      <c r="H69" s="2" t="s">
+      <c r="I69" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="J69" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K69" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="L69" s="2" t="s">
         <v>441</v>
-      </c>
-[...10 lines deleted...]
-        <v>442</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="2">
         <v>69</v>
       </c>
       <c r="B70" s="2" t="s">
+        <v>442</v>
+      </c>
+      <c r="C70" s="2">
+        <v>45908.3694444444</v>
+      </c>
+      <c r="D70" s="2">
+        <v>46272.3694444444</v>
+      </c>
+      <c r="E70" s="2" t="s">
         <v>443</v>
       </c>
-      <c r="C70" s="2">
-[...5 lines deleted...]
-      <c r="E70" s="2" t="s">
+      <c r="F70" s="2" t="s">
         <v>444</v>
       </c>
-      <c r="F70" s="2" t="s">
+      <c r="G70" s="2" t="s">
         <v>445</v>
       </c>
-      <c r="G70" s="2" t="s">
+      <c r="H70" s="2" t="s">
         <v>446</v>
       </c>
-      <c r="H70" s="2" t="s">
+      <c r="I70" s="2" t="s">
+        <v>334</v>
+      </c>
+      <c r="J70" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K70" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="L70" s="2" t="s">
         <v>447</v>
-      </c>
-[...10 lines deleted...]
-        <v>449</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="2">
         <v>70</v>
       </c>
       <c r="B71" s="2" t="s">
+        <v>448</v>
+      </c>
+      <c r="C71" s="2">
+        <v>45908.3701388889</v>
+      </c>
+      <c r="D71" s="2">
+        <v>46272.3701388889</v>
+      </c>
+      <c r="E71" s="2" t="s">
+        <v>449</v>
+      </c>
+      <c r="F71" s="2" t="s">
         <v>450</v>
       </c>
-      <c r="C71" s="2">
-[...5 lines deleted...]
-      <c r="E71" s="2" t="s">
+      <c r="G71" s="2" t="s">
+        <v>219</v>
+      </c>
+      <c r="H71" s="2" t="s">
         <v>451</v>
       </c>
-      <c r="F71" s="2" t="s">
+      <c r="I71" s="2" t="s">
         <v>452</v>
       </c>
-      <c r="G71" s="2" t="s">
+      <c r="J71" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K71" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="L71" s="2" t="s">
         <v>453</v>
-      </c>
-[...13 lines deleted...]
-        <v>456</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="2">
         <v>71</v>
       </c>
       <c r="B72" s="2" t="s">
+        <v>454</v>
+      </c>
+      <c r="C72" s="2">
+        <v>45909.4777777778</v>
+      </c>
+      <c r="D72" s="2">
+        <v>46273.4777777778</v>
+      </c>
+      <c r="E72" s="2" t="s">
+        <v>455</v>
+      </c>
+      <c r="F72" s="2" t="s">
+        <v>456</v>
+      </c>
+      <c r="G72" s="2" t="s">
         <v>457</v>
       </c>
-      <c r="C72" s="2">
-[...5 lines deleted...]
-      <c r="E72" s="2" t="s">
+      <c r="H72" s="2" t="s">
         <v>458</v>
       </c>
-      <c r="F72" s="2" t="s">
+      <c r="I72" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J72" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K72" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="L72" s="2" t="s">
         <v>459</v>
-      </c>
-[...16 lines deleted...]
-        <v>462</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="2">
         <v>72</v>
       </c>
       <c r="B73" s="2" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="C73" s="2">
-        <v>45726.3041666667</v>
+        <v>45936.5083333333</v>
       </c>
       <c r="D73" s="2">
-        <v>46090.3041666667</v>
+        <v>46300.5083333333</v>
       </c>
       <c r="E73" s="2" t="s">
+        <v>461</v>
+      </c>
+      <c r="F73" s="2" t="s">
+        <v>462</v>
+      </c>
+      <c r="G73" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="H73" s="2" t="s">
         <v>463</v>
       </c>
-      <c r="F73" s="2" t="s">
+      <c r="I73" s="2" t="s">
+        <v>409</v>
+      </c>
+      <c r="J73" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K73" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="L73" s="2" t="s">
         <v>464</v>
-      </c>
-[...16 lines deleted...]
-        <v>466</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="2">
         <v>73</v>
       </c>
       <c r="B74" s="2" t="s">
-        <v>457</v>
+        <v>35</v>
       </c>
       <c r="C74" s="2">
-        <v>45726.3048611111</v>
+        <v>45938.3909722222</v>
       </c>
       <c r="D74" s="2">
-        <v>46090.3048611111</v>
+        <v>46302.3909722222</v>
       </c>
       <c r="E74" s="2" t="s">
+        <v>465</v>
+      </c>
+      <c r="F74" s="2" t="s">
+        <v>466</v>
+      </c>
+      <c r="G74" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="H74" s="2" t="s">
         <v>467</v>
       </c>
-      <c r="F74" s="2" t="s">
+      <c r="I74" s="2" t="s">
+        <v>315</v>
+      </c>
+      <c r="J74" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K74" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="L74" s="2" t="s">
         <v>468</v>
-      </c>
-[...16 lines deleted...]
-        <v>470</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="2">
         <v>74</v>
       </c>
       <c r="B75" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="C75" s="2">
+        <v>45938.3916666667</v>
+      </c>
+      <c r="D75" s="2">
+        <v>46302.3916666667</v>
+      </c>
+      <c r="E75" s="2" t="s">
+        <v>469</v>
+      </c>
+      <c r="F75" s="2" t="s">
+        <v>470</v>
+      </c>
+      <c r="G75" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="H75" s="2" t="s">
+        <v>467</v>
+      </c>
+      <c r="I75" s="2" t="s">
+        <v>334</v>
+      </c>
+      <c r="J75" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K75" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="L75" s="2" t="s">
         <v>471</v>
-      </c>
-[...28 lines deleted...]
-        <v>475</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="2">
         <v>75</v>
       </c>
       <c r="B76" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="C76" s="2">
+        <v>45950.4375</v>
+      </c>
+      <c r="D76" s="2">
+        <v>46314.4375</v>
+      </c>
+      <c r="E76" s="2" t="s">
+        <v>473</v>
+      </c>
+      <c r="F76" s="2" t="s">
+        <v>474</v>
+      </c>
+      <c r="G76" s="2" t="s">
+        <v>475</v>
+      </c>
+      <c r="H76" s="2" t="s">
         <v>476</v>
       </c>
-      <c r="C76" s="2">
-[...5 lines deleted...]
-      <c r="E76" s="2" t="s">
+      <c r="I76" s="2" t="s">
         <v>477</v>
       </c>
-      <c r="F76" s="2" t="s">
+      <c r="J76" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K76" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="L76" s="2" t="s">
         <v>478</v>
-      </c>
-[...16 lines deleted...]
-        <v>481</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="2">
         <v>76</v>
       </c>
       <c r="B77" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="C77" s="2">
+        <v>45957.3680555556</v>
+      </c>
+      <c r="D77" s="2">
+        <v>46321.3680555556</v>
+      </c>
+      <c r="E77" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="F77" s="2" t="s">
+        <v>481</v>
+      </c>
+      <c r="G77" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="H77" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="I77" s="2" t="s">
+        <v>321</v>
+      </c>
+      <c r="J77" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K77" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="L77" s="2" t="s">
         <v>482</v>
-      </c>
-[...28 lines deleted...]
-        <v>486</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="2">
         <v>77</v>
       </c>
       <c r="B78" s="2" t="s">
+        <v>483</v>
+      </c>
+      <c r="C78" s="2">
+        <v>45957.36875</v>
+      </c>
+      <c r="D78" s="2">
+        <v>46321.36875</v>
+      </c>
+      <c r="E78" s="2" t="s">
+        <v>484</v>
+      </c>
+      <c r="F78" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="G78" s="2" t="s">
+        <v>486</v>
+      </c>
+      <c r="H78" s="2" t="s">
         <v>487</v>
       </c>
-      <c r="C78" s="2">
-[...5 lines deleted...]
-      <c r="E78" s="2" t="s">
+      <c r="I78" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="J78" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K78" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="L78" s="2" t="s">
         <v>488</v>
-      </c>
-[...19 lines deleted...]
-        <v>493</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="2">
         <v>78</v>
       </c>
       <c r="B79" s="2" t="s">
+        <v>489</v>
+      </c>
+      <c r="C79" s="2">
+        <v>45957.3694444444</v>
+      </c>
+      <c r="D79" s="2">
+        <v>46321.3694444444</v>
+      </c>
+      <c r="E79" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="F79" s="2" t="s">
+        <v>491</v>
+      </c>
+      <c r="G79" s="2" t="s">
+        <v>492</v>
+      </c>
+      <c r="H79" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="I79" s="2" t="s">
+        <v>228</v>
+      </c>
+      <c r="J79" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K79" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="L79" s="2" t="s">
         <v>494</v>
-      </c>
-[...28 lines deleted...]
-        <v>499</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="2">
         <v>79</v>
       </c>
       <c r="B80" s="2" t="s">
+        <v>495</v>
+      </c>
+      <c r="C80" s="2">
+        <v>45965.45</v>
+      </c>
+      <c r="D80" s="2">
+        <v>46329.45</v>
+      </c>
+      <c r="E80" s="2" t="s">
+        <v>496</v>
+      </c>
+      <c r="F80" s="2" t="s">
+        <v>497</v>
+      </c>
+      <c r="G80" s="2" t="s">
+        <v>498</v>
+      </c>
+      <c r="H80" s="2" t="s">
+        <v>499</v>
+      </c>
+      <c r="I80" s="2" t="s">
+        <v>248</v>
+      </c>
+      <c r="J80" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K80" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="L80" s="2" t="s">
         <v>500</v>
-      </c>
-[...28 lines deleted...]
-        <v>505</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="2">
         <v>80</v>
       </c>
       <c r="B81" s="2" t="s">
+        <v>501</v>
+      </c>
+      <c r="C81" s="2">
+        <v>45978.5708333333</v>
+      </c>
+      <c r="D81" s="2">
+        <v>46342.5708333333</v>
+      </c>
+      <c r="E81" s="2" t="s">
+        <v>502</v>
+      </c>
+      <c r="F81" s="2" t="s">
+        <v>503</v>
+      </c>
+      <c r="G81" s="2" t="s">
+        <v>504</v>
+      </c>
+      <c r="H81" s="2" t="s">
+        <v>505</v>
+      </c>
+      <c r="I81" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="J81" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K81" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="L81" s="2" t="s">
         <v>506</v>
-      </c>
-[...28 lines deleted...]
-        <v>512</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="2">
         <v>81</v>
       </c>
       <c r="B82" s="2" t="s">
-        <v>513</v>
+        <v>507</v>
       </c>
       <c r="C82" s="2">
-        <v>45855.5152777778</v>
+        <v>45985.3423611111</v>
       </c>
       <c r="D82" s="2">
-        <v>46219.5152777778</v>
+        <v>46349.3423611111</v>
       </c>
       <c r="E82" s="2" t="s">
-        <v>514</v>
+        <v>508</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>515</v>
+        <v>509</v>
       </c>
       <c r="G82" s="2" t="s">
-        <v>516</v>
+        <v>510</v>
       </c>
       <c r="H82" s="2" t="s">
-        <v>517</v>
+        <v>511</v>
       </c>
       <c r="I82" s="2" t="s">
-        <v>327</v>
+        <v>17</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="s">
-        <v>73</v>
+        <v>41</v>
       </c>
       <c r="L82" s="2" t="s">
-        <v>518</v>
+        <v>512</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="2">
         <v>82</v>
       </c>
       <c r="B83" s="2" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="C83" s="2">
-        <v>45863.3298611111</v>
+        <v>45985.3444444444</v>
       </c>
       <c r="D83" s="2">
-        <v>46227.3298611111</v>
+        <v>46349.3444444444</v>
       </c>
       <c r="E83" s="2" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>521</v>
+        <v>515</v>
       </c>
       <c r="G83" s="2" t="s">
-        <v>522</v>
+        <v>516</v>
       </c>
       <c r="H83" s="2" t="s">
-        <v>523</v>
+        <v>517</v>
       </c>
       <c r="I83" s="2" t="s">
-        <v>424</v>
+        <v>262</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K83" s="2" t="s">
-        <v>80</v>
+        <v>49</v>
       </c>
       <c r="L83" s="2" t="s">
-        <v>524</v>
+        <v>518</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="2">
         <v>83</v>
       </c>
       <c r="B84" s="2" t="s">
-        <v>102</v>
+        <v>519</v>
       </c>
       <c r="C84" s="2">
-        <v>45874.3381944444</v>
+        <v>45988.3388888889</v>
       </c>
       <c r="D84" s="2">
-        <v>46238.3381944444</v>
+        <v>46352.3388888889</v>
       </c>
       <c r="E84" s="2" t="s">
-        <v>525</v>
+        <v>520</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>104</v>
+        <v>521</v>
       </c>
       <c r="G84" s="2" t="s">
-        <v>105</v>
+        <v>457</v>
       </c>
       <c r="H84" s="2" t="s">
-        <v>106</v>
+        <v>285</v>
       </c>
       <c r="I84" s="2" t="s">
-        <v>87</v>
+        <v>262</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="s">
-        <v>80</v>
+        <v>41</v>
       </c>
       <c r="L84" s="2" t="s">
-        <v>526</v>
+        <v>522</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="2">
         <v>84</v>
       </c>
       <c r="B85" s="2" t="s">
+        <v>523</v>
+      </c>
+      <c r="C85" s="2">
+        <v>45988.3395833333</v>
+      </c>
+      <c r="D85" s="2">
+        <v>46352.3395833333</v>
+      </c>
+      <c r="E85" s="2" t="s">
+        <v>524</v>
+      </c>
+      <c r="F85" s="2" t="s">
+        <v>525</v>
+      </c>
+      <c r="G85" s="2" t="s">
+        <v>526</v>
+      </c>
+      <c r="H85" s="2" t="s">
         <v>527</v>
       </c>
-      <c r="C85" s="2">
-[...5 lines deleted...]
-      <c r="E85" s="2" t="s">
+      <c r="I85" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="J85" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K85" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="L85" s="2" t="s">
         <v>528</v>
-      </c>
-[...19 lines deleted...]
-        <v>532</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="2">
         <v>85</v>
       </c>
       <c r="B86" s="2" t="s">
-        <v>54</v>
+        <v>529</v>
       </c>
       <c r="C86" s="2">
-        <v>45887.36875</v>
+        <v>46007.4826388889</v>
       </c>
       <c r="D86" s="2">
-        <v>46251.36875</v>
+        <v>46371.4826388889</v>
       </c>
       <c r="E86" s="2" t="s">
+        <v>530</v>
+      </c>
+      <c r="F86" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="G86" s="2" t="s">
+        <v>532</v>
+      </c>
+      <c r="H86" s="2" t="s">
         <v>533</v>
       </c>
-      <c r="F86" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G86" s="2" t="s">
+      <c r="I86" s="2" t="s">
         <v>534</v>
       </c>
-      <c r="H86" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K86" s="2" t="s">
-        <v>80</v>
+        <v>49</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>535</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="2">
         <v>86</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>536</v>
       </c>
       <c r="C87" s="2">
-        <v>45908.3694444444</v>
+        <v>46013.2666666667</v>
       </c>
       <c r="D87" s="2">
-        <v>46272.3694444444</v>
+        <v>46377.2666666667</v>
       </c>
       <c r="E87" s="2" t="s">
         <v>537</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>538</v>
       </c>
       <c r="G87" s="2" t="s">
         <v>539</v>
       </c>
       <c r="H87" s="2" t="s">
         <v>540</v>
       </c>
       <c r="I87" s="2" t="s">
-        <v>193</v>
+        <v>33</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K87" s="2" t="s">
-        <v>73</v>
+        <v>49</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>541</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="2">
         <v>87</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>542</v>
       </c>
       <c r="C88" s="2">
-        <v>45908.3694444444</v>
+        <v>46013.2673611111</v>
       </c>
       <c r="D88" s="2">
-        <v>46272.3694444444</v>
+        <v>46377.2673611111</v>
       </c>
       <c r="E88" s="2" t="s">
         <v>543</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>544</v>
       </c>
       <c r="G88" s="2" t="s">
-        <v>539</v>
+        <v>545</v>
       </c>
       <c r="H88" s="2" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="I88" s="2" t="s">
-        <v>436</v>
+        <v>33</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K88" s="2" t="s">
-        <v>73</v>
+        <v>49</v>
       </c>
       <c r="L88" s="2" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="2">
         <v>88</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="C89" s="2">
-        <v>45908.3701388889</v>
+        <v>46031.3270833333</v>
       </c>
       <c r="D89" s="2">
-        <v>46272.3701388889</v>
+        <v>46395.3270833333</v>
       </c>
       <c r="E89" s="2" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="G89" s="2" t="s">
-        <v>298</v>
+        <v>551</v>
       </c>
       <c r="H89" s="2" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="I89" s="2" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K89" s="2" t="s">
-        <v>80</v>
+        <v>49</v>
       </c>
       <c r="L89" s="2" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="2">
         <v>89</v>
       </c>
       <c r="B90" s="2" t="s">
-        <v>553</v>
+        <v>107</v>
       </c>
       <c r="C90" s="2">
-        <v>45909.4777777778</v>
+        <v>46043.3416666667</v>
       </c>
       <c r="D90" s="2">
-        <v>46273.4777777778</v>
+        <v>46407.3416666667</v>
       </c>
       <c r="E90" s="2" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>555</v>
+        <v>109</v>
       </c>
       <c r="G90" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="H90" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="I90" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="J90" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K90" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="L90" s="2" t="s">
         <v>556</v>
-      </c>
-[...13 lines deleted...]
-        <v>558</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="2">
         <v>90</v>
       </c>
       <c r="B91" s="2" t="s">
+        <v>557</v>
+      </c>
+      <c r="C91" s="2">
+        <v>46057.4159722222</v>
+      </c>
+      <c r="D91" s="2">
+        <v>46421.4159722222</v>
+      </c>
+      <c r="E91" s="2" t="s">
+        <v>558</v>
+      </c>
+      <c r="F91" s="2" t="s">
         <v>559</v>
       </c>
-      <c r="C91" s="2">
-[...5 lines deleted...]
-      <c r="E91" s="2" t="s">
+      <c r="G91" s="2" t="s">
         <v>560</v>
       </c>
-      <c r="F91" s="2" t="s">
+      <c r="H91" s="2" t="s">
         <v>561</v>
       </c>
-      <c r="G91" s="2" t="s">
-[...2 lines deleted...]
-      <c r="H91" s="2" t="s">
+      <c r="I91" s="2" t="s">
+        <v>553</v>
+      </c>
+      <c r="J91" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K91" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="L91" s="2" t="s">
         <v>562</v>
-      </c>
-[...10 lines deleted...]
-        <v>563</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="2">
         <v>91</v>
       </c>
       <c r="B92" s="2" t="s">
-        <v>67</v>
+        <v>563</v>
       </c>
       <c r="C92" s="2">
-        <v>45938.3909722222</v>
+        <v>46065.4180555556</v>
       </c>
       <c r="D92" s="2">
-        <v>46302.3909722222</v>
+        <v>46429.4180555556</v>
       </c>
       <c r="E92" s="2" t="s">
         <v>564</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>565</v>
       </c>
       <c r="G92" s="2" t="s">
-        <v>70</v>
+        <v>566</v>
       </c>
       <c r="H92" s="2" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="I92" s="2" t="s">
-        <v>400</v>
+        <v>568</v>
       </c>
       <c r="J92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K92" s="2" t="s">
-        <v>73</v>
+        <v>41</v>
       </c>
       <c r="L92" s="2" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="2">
         <v>92</v>
       </c>
       <c r="B93" s="2" t="s">
-        <v>67</v>
+        <v>570</v>
       </c>
       <c r="C93" s="2">
-        <v>45938.3916666667</v>
+        <v>46065.5277777778</v>
       </c>
       <c r="D93" s="2">
-        <v>46302.3916666667</v>
+        <v>46429.5277777778</v>
       </c>
       <c r="E93" s="2" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="G93" s="2" t="s">
-        <v>70</v>
+        <v>457</v>
       </c>
       <c r="H93" s="2" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="I93" s="2" t="s">
-        <v>436</v>
+        <v>228</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K93" s="2" t="s">
-        <v>73</v>
+        <v>41</v>
       </c>
       <c r="L93" s="2" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="2">
         <v>93</v>
       </c>
       <c r="B94" s="2" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="C94" s="2">
-        <v>45950.4375</v>
+        <v>46073.4076388889</v>
       </c>
       <c r="D94" s="2">
-        <v>46314.4375</v>
+        <v>46437.4076388889</v>
       </c>
       <c r="E94" s="2" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="G94" s="2" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="H94" s="2" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="I94" s="2" t="s">
-        <v>576</v>
+        <v>233</v>
       </c>
       <c r="J94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K94" s="2" t="s">
-        <v>80</v>
+        <v>49</v>
       </c>
       <c r="L94" s="2" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="2">
         <v>94</v>
       </c>
       <c r="B95" s="2" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="C95" s="2">
-        <v>45957.3680555556</v>
+        <v>46083.45625</v>
       </c>
       <c r="D95" s="2">
-        <v>46321.3680555556</v>
+        <v>46447.45625</v>
       </c>
       <c r="E95" s="2" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="G95" s="2" t="s">
-        <v>70</v>
+        <v>583</v>
       </c>
       <c r="H95" s="2" t="s">
-        <v>71</v>
+        <v>584</v>
       </c>
       <c r="I95" s="2" t="s">
-        <v>406</v>
+        <v>214</v>
       </c>
       <c r="J95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K95" s="2" t="s">
-        <v>73</v>
+        <v>49</v>
       </c>
       <c r="L95" s="2" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="2">
         <v>95</v>
       </c>
       <c r="B96" s="2" t="s">
-        <v>582</v>
+        <v>586</v>
       </c>
       <c r="C96" s="2">
-        <v>45957.36875</v>
+        <v>46085.4736111111</v>
       </c>
       <c r="D96" s="2">
-        <v>46321.36875</v>
+        <v>46449.4736111111</v>
       </c>
       <c r="E96" s="2" t="s">
-        <v>583</v>
+        <v>587</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>584</v>
+        <v>588</v>
       </c>
       <c r="G96" s="2" t="s">
-        <v>585</v>
+        <v>267</v>
       </c>
       <c r="H96" s="2" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="I96" s="2" t="s">
-        <v>52</v>
+        <v>590</v>
       </c>
       <c r="J96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K96" s="2" t="s">
-        <v>73</v>
+        <v>49</v>
       </c>
       <c r="L96" s="2" t="s">
-        <v>587</v>
-[...21 lines deleted...]
-      <c r="G97" s="2" t="s">
         <v>591</v>
-      </c>
-[...431 lines deleted...]
-        <v>638</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>